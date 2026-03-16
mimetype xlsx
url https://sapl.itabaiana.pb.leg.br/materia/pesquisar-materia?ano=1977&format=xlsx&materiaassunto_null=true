--- v0 (2026-01-22)
+++ v1 (2026-03-16)
@@ -51,291 +51,291 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1688/20231127_114328.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1688/20231127_114328.pdf</t>
   </si>
   <si>
     <t>Substitui nomes de rua, dá denominações a várias artérias  e determina outras providências.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1686/20231127_114300.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1686/20231127_114300.pdf</t>
   </si>
   <si>
     <t>Fica obrigatório no Ensino Médio uma palestra do combate ao fumo.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1684/20231127_114226.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1684/20231127_114226.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para fins que especifica,  e determina outras providências.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1682/20231127_114205.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1682/20231127_114205.pdf</t>
   </si>
   <si>
     <t>Estabelece o percentual dos funcionários estatutários e CLT da Prefeitura Municipal, extingue os cargos de Provimento em comissão e de Função Gratificada, bem como determina em tabela anexa os vencimentos para os cargos de confiança, nela criados,  e determina outras providências.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1782/20231127_150217.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1782/20231127_150217.pdf</t>
   </si>
   <si>
     <t>Concede novas denominações a logradouro público,  e determina outras providências.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1786/20231127_150417.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1786/20231127_150417.pdf</t>
   </si>
   <si>
     <t>Dá outra denominação a Pça Venâncio, desta cidade e determina outras providências.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1783/20231127_150249.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1783/20231127_150249.pdf</t>
   </si>
   <si>
     <t>Dá outra denominação a Rua dos Ferroviários,  e determina outras providências.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1679/20231127_114100.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1679/20231127_114100.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Associação Universitária,  e determina outras providências.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1791/20231127_151438.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1791/20231127_151438.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 07 de 04 de março de 1977.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1676/20231127_114019.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1676/20231127_114019.pdf</t>
   </si>
   <si>
     <t>Determina feriado municipal, e determina outras providências.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1675/20231127_114008.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1675/20231127_114008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e estruturação de Coordenação Municipal do Projeto / CIATA</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1674/20231127_113953.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1674/20231127_113953.pdf</t>
   </si>
   <si>
     <t>Determina denominação do Cemitério,  e determina outras providências.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1788/20231127_150559.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1788/20231127_150559.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Logradouro Público,  e determina outras providências.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1892/20231127_165443.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1892/20231127_165443.pdf</t>
   </si>
   <si>
     <t>Dispensa multas e correção monetária e dá outras providências.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1891/20231127_165412.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1891/20231127_165412.pdf</t>
   </si>
   <si>
     <t>Estabelece o percentual do aumento dos funcionários estatutários e C.L.T. da Prefeitura Municipal de Itabaiana, extingue os cargos de provimento em comissão e de função gratificadas, bem como determina em tabela anexa os vencimentos para cargos de confiança nela criados e da outras providências.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1890/20231127_165335.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1890/20231127_165335.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para fins que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1860/20231127_163705.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1860/20231127_163705.pdf</t>
   </si>
   <si>
     <t>Determina Feriado Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1884/20231127_165021.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1884/20231127_165021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e estruturação de Coordenação Municipal do Projeto CIATA, e dá outras providências.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1883/20231127_164933.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1883/20231127_164933.pdf</t>
   </si>
   <si>
     <t>Determina denominação do Cemitério e dá outras providências.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1882/20231127_164919.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1882/20231127_164919.pdf</t>
   </si>
   <si>
     <t>Concede subvenção a associação universitária e dá outras providências.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1879/20231127_164832.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1879/20231127_164832.pdf</t>
   </si>
   <si>
     <t>Eleva salário família, e dá outras providências.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1878/20231127_164816.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1878/20231127_164816.pdf</t>
   </si>
   <si>
     <t>Autoriza elevação de pensão, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -642,67 +642,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1688/20231127_114328.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1686/20231127_114300.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1684/20231127_114226.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1682/20231127_114205.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1782/20231127_150217.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1786/20231127_150417.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1783/20231127_150249.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1679/20231127_114100.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1791/20231127_151438.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1676/20231127_114019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1675/20231127_114008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1674/20231127_113953.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1788/20231127_150559.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1892/20231127_165443.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1891/20231127_165412.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1890/20231127_165335.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1860/20231127_163705.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1884/20231127_165021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1883/20231127_164933.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1882/20231127_164919.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1879/20231127_164832.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1878/20231127_164816.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1688/20231127_114328.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1686/20231127_114300.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1684/20231127_114226.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1682/20231127_114205.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1782/20231127_150217.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1786/20231127_150417.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1783/20231127_150249.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1679/20231127_114100.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1791/20231127_151438.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1676/20231127_114019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1675/20231127_114008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1674/20231127_113953.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1788/20231127_150559.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1892/20231127_165443.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1891/20231127_165412.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1890/20231127_165335.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1860/20231127_163705.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1884/20231127_165021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1883/20231127_164933.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1882/20231127_164919.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1879/20231127_164832.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1977/1878/20231127_164816.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>