--- v0 (2026-01-22)
+++ v1 (2026-03-12)
@@ -51,294 +51,294 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1689/20231127_114339.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1689/20231127_114339.pdf</t>
   </si>
   <si>
     <t>Dá outra denominação a rua dos Ferroviários,  e determina outras providências.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1687/20231127_114316.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1687/20231127_114316.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública o Sindicado dos Trabalhadores Rurais de Itabaiana,  e determina outras providências.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1685/20231127_114236.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1685/20231127_114236.pdf</t>
   </si>
   <si>
     <t>Determina denominação à rua 21 de Maio,  e determina outras providências.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1683/20231127_114216.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1683/20231127_114216.pdf</t>
   </si>
   <si>
     <t>Concede Isenção de Imposto Predial,  e determina outras providências.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1784/20231127_150330.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1784/20231127_150330.pdf</t>
   </si>
   <si>
     <t>Dá outra denominação a Rua Floriano Peixoto,  e determina outras providências.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1785/20231127_150351.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1785/20231127_150351.pdf</t>
   </si>
   <si>
     <t>Concede nova denominação a Logradouro Público,  e determina outras providências.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1681/20231127_114145.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1681/20231127_114145.pdf</t>
   </si>
   <si>
     <t>Concede isenção tributaria ao Banco do Brasil S/A, e determina outras providências.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1680/20231127_114120.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1680/20231127_114120.pdf</t>
   </si>
   <si>
     <t>Faz doação e determina outras providências.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1678/20231127_114049.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1678/20231127_114049.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial para fins que especifica, e determina outras providências.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1677/20231127_114036.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1677/20231127_114036.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contagem de tempo de serviço prestado a atividade privada para efeito de aposentaria,  e determina outras providências.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1790/20231127_151413.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1790/20231127_151413.pdf</t>
   </si>
   <si>
     <t>Eleva a subvenção do Colégio Nossa Senhora da Conceição,  e determina outras providências.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1979/1665/20231127_113727.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1979/1665/20231127_113727.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa para o Exercício Financeiro de 1980,  e determina outras providências.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1739/20231127_123514.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1739/20231127_123514.pdf</t>
   </si>
   <si>
     <t>Concede nome de logradouro, e adota outras providências.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1495/20231127_100332.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1495/20231127_100332.pdf</t>
   </si>
   <si>
     <t>Concede nome de Logradouro Público, e adota outras providências.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1894/20231127_165510.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1894/20231127_165510.pdf</t>
   </si>
   <si>
     <t>Determina denominação ao Bairro Alto Alegre, e dá outras providências.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1893/20231127_165459.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1893/20231127_165459.pdf</t>
   </si>
   <si>
     <t>Determina denominação à 21 de Maio, e dá outras providências.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1889/20231127_165305.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1889/20231127_165305.pdf</t>
   </si>
   <si>
     <t>Majora subvenção da guarda noturna e dá outras providências.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1888/20231127_165248.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1888/20231127_165248.pdf</t>
   </si>
   <si>
     <t>Concede isenção tributária ao Banco do Brasil S/A e dá outras providências.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1789/20231127_150720.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1789/20231127_150720.pdf</t>
   </si>
   <si>
     <t>Majora a subvenção da COMEPIL  e determina outras providências.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1885/20231127_165041.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1885/20231127_165041.pdf</t>
   </si>
   <si>
     <t>Faz doação e dá outras providências.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1886/20231127_165109.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1886/20231127_165109.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo abrir crédito especial para fins que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1887/20231127_165120.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1887/20231127_165120.pdf</t>
   </si>
   <si>
     <t>Eleva a Subvenção do Colégio Nossa Senhora da Conceição e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -645,67 +645,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1689/20231127_114339.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1687/20231127_114316.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1685/20231127_114236.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1683/20231127_114216.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1784/20231127_150330.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1785/20231127_150351.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1681/20231127_114145.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1680/20231127_114120.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1678/20231127_114049.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1677/20231127_114036.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1790/20231127_151413.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1979/1665/20231127_113727.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1739/20231127_123514.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1495/20231127_100332.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1894/20231127_165510.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1893/20231127_165459.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1889/20231127_165305.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1888/20231127_165248.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1789/20231127_150720.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1885/20231127_165041.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1886/20231127_165109.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1887/20231127_165120.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1689/20231127_114339.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1687/20231127_114316.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1685/20231127_114236.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1683/20231127_114216.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1784/20231127_150330.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1785/20231127_150351.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1681/20231127_114145.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1680/20231127_114120.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1678/20231127_114049.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1677/20231127_114036.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1790/20231127_151413.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1979/1665/20231127_113727.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1739/20231127_123514.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1495/20231127_100332.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1894/20231127_165510.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1893/20231127_165459.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1889/20231127_165305.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1888/20231127_165248.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1789/20231127_150720.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1885/20231127_165041.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1886/20231127_165109.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1978/1887/20231127_165120.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="121.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>