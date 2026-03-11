--- v0 (2026-01-22)
+++ v1 (2026-03-11)
@@ -51,357 +51,357 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1658/20231127_113543.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1658/20231127_113543.pdf</t>
   </si>
   <si>
     <t>Concede nome de logradouro público,  e determina outras providências.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1657/20231127_113532.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1657/20231127_113532.pdf</t>
   </si>
   <si>
     <t>Concede nome de Logradouro Público e determina outras providências.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1656/20231127_113516.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1656/20231127_113516.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura crédito especial,  e determina outras providências.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1655/20231127_113501.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1655/20231127_113501.pdf</t>
   </si>
   <si>
     <t>Reclassifica e eleva os vencimentos do pessoal da educação,  e determina outras providências.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1654/20231127_113445.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1654/20231127_113445.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial  e determina outras providências.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1653/20231127_113429.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1653/20231127_113429.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito suplementar e determina outras providências.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1652/20231127_113418.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1652/20231127_113418.pdf</t>
   </si>
   <si>
     <t>Concede nome a conjunto residencial,  e determina outras providências.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1651/20231127_113402.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1651/20231127_113402.pdf</t>
   </si>
   <si>
     <t>Estima a receita e Fixa a despesa para o exercício financeiro de 1981,  e determina outras providências.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1650/20231127_113343.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1650/20231127_113343.pdf</t>
   </si>
   <si>
     <t>Dá nome de Idalicio Francisco da Fonseca a um dos logradouros públicos de Itabaiana,  e determina outras providências.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1649/20231127_113329.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1649/20231127_113329.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo abrir crédito suplementar,  e determina outras providências.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1648/20231127_113317.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1648/20231127_113317.pdf</t>
   </si>
   <si>
     <t>Reestrutura, dá nova denominação, cria cargos e reajusta níveis e valores do pessoal permanente da Câmara.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1647/20231127_113217.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1647/20231127_113217.pdf</t>
   </si>
   <si>
     <t>Reestrutura, Altera níveis e valores do pessoal fixo,  e determina outras providências.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1646/20231127_113203.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1646/20231127_113203.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Logradouro Público,  e determina outras providências.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1645/20231127_113152.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1645/20231127_113152.pdf</t>
   </si>
   <si>
     <t>Concede Abono de Emergência para o Funcionalismo Público Municipal,  e determina outras providências.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1644/20231127_113140.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1644/20231127_113140.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para fins que especifica,  e determina outras providências.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1643/20231127_113128.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1643/20231127_113128.pdf</t>
   </si>
   <si>
     <t>Determina denominação do Logradouro Público,  e determina outras providências.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1642/20231127_113117.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1642/20231127_113117.pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito Municipal a firmar contrato de locação,  e determina outras providências.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1641/20231127_113056.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1641/20231127_113056.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do Artigo da Lei n° 07, de 21 de dezembro de 1976, do Código Tributário Municipal, que dispõe sobre Correção Monetária, e acréscimento.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1870/20231127_164305.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1870/20231127_164305.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1874/20231127_164229.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1874/20231127_164229.pdf</t>
   </si>
   <si>
     <t>Reclassifica e eleva os vencimentos do pessoal da educação, e dá outras providências.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1869/20231127_164157.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1869/20231127_164157.pdf</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1868/20231127_164125.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1868/20231127_164125.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo abrir créditos suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1867/20231127_164113.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1867/20231127_164113.pdf</t>
   </si>
   <si>
     <t>Concede nome a conjunto residencial e dá outras providências.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1866/20231127_164033.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1866/20231127_164033.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo abrir crédito suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1865/20231127_164011.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1865/20231127_164011.pdf</t>
   </si>
   <si>
     <t>Reestrutura, dá nova denominação, cria cargos e reajusta níveis e valores do pessoal permanente da câmara, e dá outras providências.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1864/20231127_163843.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1864/20231127_163843.pdf</t>
   </si>
   <si>
     <t>Concede Abono de Emergência ao funcionalismo municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1863/20231127_163832.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1863/20231127_163832.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1862/20231127_163814.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1862/20231127_163814.pdf</t>
   </si>
   <si>
     <t>Determina denominação de Logradouro Público, e dá outras providências.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1861/20231127_163759.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1861/20231127_163759.pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito Constitucional a Firmar contrato de locação e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -708,67 +708,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1658/20231127_113543.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1657/20231127_113532.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1656/20231127_113516.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1655/20231127_113501.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1654/20231127_113445.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1653/20231127_113429.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1652/20231127_113418.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1651/20231127_113402.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1650/20231127_113343.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1649/20231127_113329.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1648/20231127_113317.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1647/20231127_113217.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1646/20231127_113203.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1645/20231127_113152.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1644/20231127_113140.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1643/20231127_113128.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1642/20231127_113117.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1641/20231127_113056.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1870/20231127_164305.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1874/20231127_164229.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1869/20231127_164157.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1868/20231127_164125.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1867/20231127_164113.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1866/20231127_164033.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1865/20231127_164011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1864/20231127_163843.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1863/20231127_163832.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1862/20231127_163814.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1861/20231127_163759.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1658/20231127_113543.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1657/20231127_113532.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1656/20231127_113516.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1655/20231127_113501.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1654/20231127_113445.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1653/20231127_113429.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1652/20231127_113418.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1651/20231127_113402.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1650/20231127_113343.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1649/20231127_113329.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1648/20231127_113317.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1647/20231127_113217.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1646/20231127_113203.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1645/20231127_113152.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1644/20231127_113140.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1643/20231127_113128.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1642/20231127_113117.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1641/20231127_113056.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1870/20231127_164305.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1874/20231127_164229.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1869/20231127_164157.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1868/20231127_164125.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1867/20231127_164113.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1866/20231127_164033.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1865/20231127_164011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1864/20231127_163843.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1863/20231127_163832.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1862/20231127_163814.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1980/1861/20231127_163759.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="140.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>