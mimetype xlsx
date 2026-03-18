--- v0 (2025-11-28)
+++ v1 (2026-03-18)
@@ -51,231 +51,231 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1640/20231127_113023.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1640/20231127_113023.pdf</t>
   </si>
   <si>
     <t>Reestrutura, Altera níveis e valores do pessoal fixo,  e determina outras providências.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1639/20231127_112925.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1639/20231127_112925.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a vincular parte do I.C.M Municipal junto ao I.N.P.S., para fins do pagamento de parcelamento de crédito em atraso a contribuição vinculada.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1638/20231127_112905.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1638/20231127_112905.pdf</t>
   </si>
   <si>
     <t>Concede pensão vitalícia,  e determina outras providências.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1637/20231127_112855.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1637/20231127_112855.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar para fins que especifica, e determina outras providências.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1636/20231127_112844.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1636/20231127_112844.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito suplementar para fins que especifica,  e determina outras providências.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1635/20231127_112832.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1635/20231127_112832.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a despesa para o orçamento financeiro de 1982,  e determina outras providências.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1634/20231127_112820.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1634/20231127_112820.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder pensão vitalícia,  e determina outras providências.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1633/20231127_112810.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1633/20231127_112810.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aposentaria dos professores,  e determina outras providências.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1632/20231127_112801.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1632/20231127_112801.pdf</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1631/20231127_112749.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1631/20231127_112749.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do poder executivo municipal a conceder pensão vitalícia, e determina outras providências.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1630/20231127_112734.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1630/20231127_112734.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do poder executivo municipal a conceder pensão vitalícia,  e determina outras providências.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1493/20231127_100159.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1493/20231127_100159.pdf</t>
   </si>
   <si>
     <t>Concede nome de Logradouro Público, e adota outras providências.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1492/20231127_100041.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1492/20231127_100041.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito ao Padre Antonio Armand Kemps, e dá outras providências.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1819/20231127_154551.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1819/20231127_154551.pdf</t>
   </si>
   <si>
     <t>Reestrutura, altera níveis e valores do pessoal fixo e determina outras providências.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1818/20231127_154425.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1818/20231127_154425.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo abrir crédito suplementar, para fins que especifica, e determina outras providências.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1817/20231127_154258.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1817/20231127_154258.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a conceder pensão vitalícia, e determina outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -582,67 +582,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1640/20231127_113023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1639/20231127_112925.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1638/20231127_112905.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1637/20231127_112855.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1636/20231127_112844.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1635/20231127_112832.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1634/20231127_112820.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1633/20231127_112810.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1632/20231127_112801.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1631/20231127_112749.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1630/20231127_112734.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1493/20231127_100159.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1492/20231127_100041.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1819/20231127_154551.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1818/20231127_154425.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1817/20231127_154258.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1640/20231127_113023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1639/20231127_112925.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1638/20231127_112905.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1637/20231127_112855.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1636/20231127_112844.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1635/20231127_112832.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1634/20231127_112820.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1633/20231127_112810.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1632/20231127_112801.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1631/20231127_112749.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1630/20231127_112734.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1493/20231127_100159.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1492/20231127_100041.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1819/20231127_154551.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1818/20231127_154425.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1981/1817/20231127_154258.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="148.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>