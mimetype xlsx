--- v0 (2026-01-22)
+++ v1 (2026-03-17)
@@ -51,486 +51,486 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1596/20231127_111856.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1596/20231127_111856.pdf</t>
   </si>
   <si>
     <t>Autoriza firmar Convênio em regime de comodato com o Poder Judiciário, e determina outras providências.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1595/20231127_111840.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1595/20231127_111840.pdf</t>
   </si>
   <si>
     <t>Cria Banda de Música Municipal, e determina outras providências.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1518/20231127_102704.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1518/20231127_102704.pdf</t>
   </si>
   <si>
     <t>Revoga o artigo 5° da Lei n° 65/82, e dá outras providências.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1738/20231127_123501.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1738/20231127_123501.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para fins que especifica, e adota outras providências.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1517/20231127_102616.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1517/20231127_102616.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação a nome de Rua e dá outras providências.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1737/20231127_123431.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1737/20231127_123431.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação a Logradouro Público, e adota outras providências.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1516/20231127_102529.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1516/20231127_102529.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Itabaiana a se filiar a Associação das Câmaras Municipais do Estado da Paraíba e dá outras providências.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1736/20231127_123411.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1736/20231127_123411.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar para fins que especifica, e adota outras providências.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1735/20231127_123359.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1735/20231127_123359.pdf</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1734/20231127_123345.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1734/20231127_123345.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a despesa para o exercício financeiro de 1986, e adota outras providências.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1733/20231127_123332.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1733/20231127_123332.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a majorar os vencimentos dos funcionários ativos e inativos, e adota outras providências.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1732/20231127_123321.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1732/20231127_123321.pdf</t>
   </si>
   <si>
     <t>Cria o dia do Feirante, e adota outras providências.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1731/20231127_123305.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1731/20231127_123305.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estruturação da carreira do magistério e sobre o plano de classificação de cargos, e adota outras providências.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1730/20231127_123255.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1730/20231127_123255.pdf</t>
   </si>
   <si>
     <t>Concede ajuda de custo, e adota outras providências.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1729/20231127_123240.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1729/20231127_123240.pdf</t>
   </si>
   <si>
     <t>Autoriza a incorporação no capital da companhia de habitação popular de Campina Grande - COHAB, e adota outras providências.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1505/20231127_100940.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1505/20231127_100940.pdf</t>
   </si>
   <si>
     <t>Denomina de conjunto Maria Hermínia da Silveira, o conjunto habitacional localizado próximo a antiga cadeia pública e dá outras providências.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1728/20231127_123220.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1728/20231127_123220.pdf</t>
   </si>
   <si>
     <t>Altera redação de Art. de lei e adota outras providências.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1503/20231127_100835.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1503/20231127_100835.pdf</t>
   </si>
   <si>
     <t>Denomina de Acir Paulo de Albuquerque, uma das vias Públicas, localizada no conjunto ao lado da antiga cadeia e dá outras providências.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1502/20231127_100822.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1502/20231127_100822.pdf</t>
   </si>
   <si>
     <t>Concede nome de Logradouro Público, e adota outras providências.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1727/20231127_123152.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1727/20231127_123152.pdf</t>
   </si>
   <si>
     <t>Cria pensão para viúvas e viúvos de vereadores (a) que tenham ou venham falecer no exercício do mandato e dá outras providências.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1535/20231127_104350.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1535/20231127_104350.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Organização Administrativa e Quadro de Pessoal da Câmara Municipal de Itabaiana.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1726/20231127_123127.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1726/20231127_123127.pdf</t>
   </si>
   <si>
     <t>Majora subvenção e adota outras providências.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1484/20231127_095434.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1484/20231127_095434.pdf</t>
   </si>
   <si>
     <t>Denomina de "Antonio Nunes Ribeiro" uma das vias públicas de Itabaiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1483/20231127_095421.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1483/20231127_095421.pdf</t>
   </si>
   <si>
     <t>Denomina de "Severino Marques de Souza" uma das vias públicas de Itabaiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1482/20231127_095406.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1482/20231127_095406.pdf</t>
   </si>
   <si>
     <t>Denomina de 'Trajano Martins de Andrade" uma das vias públicas de Itabaiana.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1481/20231127_095350.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1481/20231127_095350.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua e dá outras providências.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1480/20231127_095337.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1480/20231127_095337.pdf</t>
   </si>
   <si>
     <t>Dá nova denominação de Logradouro Público e dá outras providências.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1479/20231127_095237.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1479/20231127_095237.pdf</t>
   </si>
   <si>
     <t>Denomina de "Dr. Mario Silveira" a Biblioteca da Câmara Municipal de Itabaiana e dá outras providências.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1536/20231127_104435.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1536/20231127_104435.pdf</t>
   </si>
   <si>
     <t>Altera a Representação do Presidente da Câmara Municipal de Itabaiana, e dá outras providências.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1793/20231127_152018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1793/20231127_152018.pdf</t>
   </si>
   <si>
     <t>Autoriza firmar convênio em regime COMODATO com o poder judiciário,  e determina outras providências.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1792/20231127_151942.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1792/20231127_151942.pdf</t>
   </si>
   <si>
     <t>Cria Banda de Música Municipal  e determina outras providências.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1515/20231127_102344.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1515/20231127_102344.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar para fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1514/20231127_102029.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1514/20231127_102029.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1508/20231127_101149.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1508/20231127_101149.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a majorar os vencimentos dos funcionários ativos e inativos e dá outras providências.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1507/20231127_101132.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1507/20231127_101132.pdf</t>
   </si>
   <si>
     <t>Cria o dia do "feirante" e adota outras providências.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1506/20231127_101059.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1506/20231127_101059.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estruturação da carreira do Magistério e sobre o plano de classificação de cargos e adota outras providências.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1504/20231127_100850.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1504/20231127_100850.pdf</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1501/20231127_100749.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1501/20231127_100749.pdf</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1500/20231127_100728.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1500/20231127_100728.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -834,67 +834,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1596/20231127_111856.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1595/20231127_111840.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1518/20231127_102704.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1738/20231127_123501.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1517/20231127_102616.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1737/20231127_123431.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1516/20231127_102529.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1736/20231127_123411.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1735/20231127_123359.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1734/20231127_123345.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1733/20231127_123332.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1732/20231127_123321.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1731/20231127_123305.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1730/20231127_123255.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1729/20231127_123240.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1505/20231127_100940.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1728/20231127_123220.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1503/20231127_100835.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1502/20231127_100822.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1727/20231127_123152.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1535/20231127_104350.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1726/20231127_123127.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1484/20231127_095434.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1483/20231127_095421.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1482/20231127_095406.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1481/20231127_095350.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1480/20231127_095337.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1479/20231127_095237.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1536/20231127_104435.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1793/20231127_152018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1792/20231127_151942.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1515/20231127_102344.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1514/20231127_102029.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1508/20231127_101149.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1507/20231127_101132.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1506/20231127_101059.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1504/20231127_100850.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1501/20231127_100749.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1500/20231127_100728.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1596/20231127_111856.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1595/20231127_111840.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1518/20231127_102704.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1738/20231127_123501.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1517/20231127_102616.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1737/20231127_123431.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1516/20231127_102529.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1736/20231127_123411.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1735/20231127_123359.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1734/20231127_123345.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1733/20231127_123332.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1732/20231127_123321.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1731/20231127_123305.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1730/20231127_123255.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1729/20231127_123240.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1505/20231127_100940.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1728/20231127_123220.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1503/20231127_100835.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1502/20231127_100822.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1727/20231127_123152.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1535/20231127_104350.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1726/20231127_123127.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1484/20231127_095434.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1483/20231127_095421.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1482/20231127_095406.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1481/20231127_095350.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1480/20231127_095337.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1479/20231127_095237.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1536/20231127_104435.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1793/20231127_152018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1792/20231127_151942.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1515/20231127_102344.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1514/20231127_102029.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1508/20231127_101149.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1507/20231127_101132.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1506/20231127_101059.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1504/20231127_100850.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1501/20231127_100749.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1985/1500/20231127_100728.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="127" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>