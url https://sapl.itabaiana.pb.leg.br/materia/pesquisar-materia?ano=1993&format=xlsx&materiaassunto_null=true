--- v0 (2026-01-22)
+++ v1 (2026-03-15)
@@ -51,348 +51,348 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1472/20231127_081630.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1472/20231127_081630.pdf</t>
   </si>
   <si>
     <t>Institui Regime Jurídico único para os Servidores Públicos Municipais de Itabaiana, Estado da Paraíba, e adota outras providências.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1781/20231127_142804.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1781/20231127_142804.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura administrativa do Poder Executivo,  e determina outras providências.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1780/20231127_142729.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1780/20231127_142729.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Fundação Beneficente dos Cultos Africanos, Filósofos e Sociólogos São Jorge Guerreiro e determina outras providências.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1779/20231127_142716.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1779/20231127_142716.pdf</t>
   </si>
   <si>
     <t>Autoriza alienação de Bem Móvel,  e determina outras providências.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1778/20231127_142706.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1778/20231127_142706.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no valor de Cr$ 1.000.000.000.00, e determina outras providências.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1777/20231127_142655.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1777/20231127_142655.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no valor de Cr$ 363.000.000,00 ( trezentos e sessenta e três milhões de cruzeiros, e determina outras providências.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1776/20231127_142633.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1776/20231127_142633.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de gleba de terra, e determina outras providências.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1775/20231127_142623.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1775/20231127_142623.pdf</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1774/20231127_142606.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1774/20231127_142606.pdf</t>
   </si>
   <si>
     <t>Autorização para alienação de bens móveis e determina outras providências.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1773/20231127_142545.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1773/20231127_142545.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar parcelamento de dívida para com o Fundo de Garantia de Tempo de Serviço - FGTS, e determina outras providências.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1772/20231127_142529.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1772/20231127_142529.pdf</t>
   </si>
   <si>
     <t>Eleva o percentual previsto no Inciso II, Art. 4° da Lei Municipal de n° 245/93, e determina outras providências.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1771/20231127_142519.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1771/20231127_142519.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de terreno à União Federal para implantação do Centro de Atenção Integral a Criança - CAIC - em Itabaiana-PB, e determina outras providências.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1770/20231127_142504.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1770/20231127_142504.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de gleba de terra e determina outras providências.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1765/20231127_142219.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1765/20231127_142219.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Comunitária de Maracaípe (ACOMAR), e determina outras providências.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1769/20231127_142448.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1769/20231127_142448.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo  2° da Lei Municipal 168/72, e determina outras providências.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1768/20231127_142430.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1768/20231127_142430.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir créditos suplementares até o limite de 300% (trezentos por cento), do total da despesa fixada para o corrente exercício, e determina outras providências.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1767/20231127_142306.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1767/20231127_142306.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aumento de vencimentos e proventos dos funcionários ativos e inativos do Município, em regime Estatutário, que menciona e determina outras providências.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1766/20231127_142243.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1766/20231127_142243.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no valor de CR$ 1.200.000, e determina outras providências.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1764/20231127_142024.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1764/20231127_142024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa para o exercício financeiro de 1994, e determina outras providências.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1762/20231127_141951.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1762/20231127_141951.pdf</t>
   </si>
   <si>
     <t>Denomina de Cel. Raimundo Nonato Gomes: Alto do Major, a área de terra localizada nesta Cidade e determina outras providências.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1763/20231127_142007.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1763/20231127_142007.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar parcelamento de dívida para com o Fundo de Garantia do Tempo Serviço - FGTS, e determina outras providências.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1761/20231127_141917.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1761/20231127_141917.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no valor da UFIR's 11.600, ( onze mil  e seiscentos) e determina outras providências.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1760/20231127_141806.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1760/20231127_141806.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo e firma acordo de parcelamento de dívida do Município, para com o Instituto Nacional de Seguro Social - INSS, nos termos da Lei complementar federal n° 77, de 13 de julho de 1993.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1759/20231127_141745.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1759/20231127_141745.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n°230/91 que dispõe sobre a criação de Conselho Municipal de Saúde - CMS, e determina outras providências.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1758/20231127_141630.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1758/20231127_141630.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir créditos suplementares até o limite de 300% (trezentos por cento) do total da despesa fixada para o corrente exercício e determina outras providências.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1994/1757/20231127_141550.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1994/1757/20231127_141550.pdf</t>
   </si>
   <si>
     <t>Institui o fundo municipal de saúde, e determina outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -699,67 +699,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1472/20231127_081630.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1781/20231127_142804.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1780/20231127_142729.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1779/20231127_142716.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1778/20231127_142706.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1777/20231127_142655.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1776/20231127_142633.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1775/20231127_142623.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1774/20231127_142606.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1773/20231127_142545.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1772/20231127_142529.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1771/20231127_142519.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1770/20231127_142504.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1765/20231127_142219.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1769/20231127_142448.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1768/20231127_142430.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1767/20231127_142306.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1766/20231127_142243.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1764/20231127_142024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1762/20231127_141951.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1763/20231127_142007.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1761/20231127_141917.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1760/20231127_141806.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1759/20231127_141745.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1758/20231127_141630.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1994/1757/20231127_141550.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1472/20231127_081630.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1781/20231127_142804.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1780/20231127_142729.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1779/20231127_142716.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1778/20231127_142706.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1777/20231127_142655.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1776/20231127_142633.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1775/20231127_142623.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1774/20231127_142606.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1773/20231127_142545.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1772/20231127_142529.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1771/20231127_142519.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1770/20231127_142504.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1765/20231127_142219.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1769/20231127_142448.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1768/20231127_142430.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1767/20231127_142306.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1766/20231127_142243.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1764/20231127_142024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1762/20231127_141951.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1763/20231127_142007.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1761/20231127_141917.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1760/20231127_141806.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1759/20231127_141745.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1993/1758/20231127_141630.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/1994/1757/20231127_141550.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="185.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>