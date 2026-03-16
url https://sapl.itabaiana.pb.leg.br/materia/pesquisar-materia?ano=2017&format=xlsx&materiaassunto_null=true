--- v0 (2025-11-28)
+++ v1 (2026-03-16)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Suelyo R.</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS PARA O FUNCIONAMENTO DOS EQUIPAMENTOS DE SOM AUTOMOTIVOS POPULARMENTE CONHECIDOS COMO PAREDÕES DO SOM NAS VIAS, PRAÇAS E DEMAIS LOGRADOUROS PÚBLICOS NO ÂMBITO DO MUNICÍPIO DE ITABAIANA/PB, E DETERMINA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>José Cláudio</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/</t>
   </si>
   <si>
     <t>VEDA A NOMEAÇÃO PARA CARGOS EM COMISSÃO DE PESSOAS QUE TENHAM SIDO CONDENADAS PELA LEI FEDERAL Nº 11.340/2006.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA PRÁTICA DE NEPOTISMO NO ÂMBITO DO PODER EXECUTIVO DO MUNICÍPIO DE ITABAIANA-PB E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>ESTABELECE MEDIDAS ORIENTADORAS E PREVENTIVAS DESTINADAS À INIBIÇÃO DE TODA E QUALQUER FORMA DE VIOLÊNCIA CONTRA OS PROFESSORES DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>319</t>
   </si>
@@ -141,2645 +141,2645 @@
   <si>
     <t>321</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>José Ubiratan</t>
   </si>
   <si>
     <t>TORNA PATRIMÔNIO HISTÓRICO DOS BAIRROS: JUCURI, ANTÔNIO MARIZ E JOSÉ FELIX DE ALMEIDA A ESCOLA MUNICIPAL SEBASTIÃO RODRIGUES DE MELO &amp;#8211; CAIC, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2326/i001_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2326/i001_2017.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal, Que veja a viabilidade de celebrar um comodato com a União Esporte Clube para Administrar por vinte anos o Estádio Severino Paulino, pertencente à mesma, havendo, pratique a reforma que o mesmo necessita.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2159/i002_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2159/i002_2017.pdf</t>
   </si>
   <si>
     <t>Indico que seja implantada uma Horta Comunitária.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2325/i003_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2325/i003_2017.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito que seja celebrado Termo de Comodato com a Associação Mantenedora do Hospital Regional e Maternidade São Vicente de Paulo, assumindo as ações, os acervos, o patrimônio e a cessão dos Servidores enquanto estiver em vigência o referido termo.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA VIABILIZADA A EXPANSÃO DA REDE DE ABASTECIMENTO PARA O CONJUNTO DR. AGLAIR DA SILVA, TENDO EM VISTA, QUE AQUELA COMUNIDADE SOFRE SEM ABASTECIMENTO POR ÁGUA POR PARTE DA CAGEPA</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO SENHOR PREFEITO QUE SEJA ENVIADO PROJETO DE LEI A ESTA CASA, VISANDO A ISENÇÃO DAS TAXAS DE SEPULTAMENTO COBRADAS ATUALMENTE DAS FAMÍLIAS CARENTES RESIDENTES EM NOSSO MUNICÍPIO PARA A REALIZAÇÃO DE SEPULTAMENTOS NOS CEMITÉRIOS EXISTENTES DENTRO DO MUNICÍPIO DE ITABAIANA.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO SENHOR PREFEITO QUE SEJA EXPEDIENTE A SECRETARIA DE DESENVOLVIMENTO URBANO, PARA QUE SEJA FEITO A TUBULAÇÃO DE ESGOTO NA RUA JOSÉ DIAS DE SOUZA, PRÓXIMO À RUA DO CAMBURÃO, COMO É CONHECIDO, LOCALIZADA NO DISTRITO DE CAMPO GRANDE.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO DO SENHOR PREFEITO CONSTITUCIONAL QUE SE DIGNE DE DETERMINAR AO SENHOR SECRETÁRIO A RECUPERAÇÃO DAS ESTRADAS VICINAIS NAS LOCALIDADES: CALDEIRÃO, MANOEL DE MATOS DOS FELIPE, SERRA DO CAPIM, GAMELEIRA, CHÃ DO CAVACO, SALOMÃO, FURNA, URNA, TEJU, ALTO DA BOA ESPERANÇA, PERNAMBUQUINHO, CARIATÁ, SITIO NOVO, SITIO NOVO DOS RITAS, MENDONÇA, LAGOA DO RANCHO, RIACHO DE MOGEIRO, MARACAÍPE MARGEM ESQUERDA E DIREITA._x000D_
 </t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO SENHOR PREFEITO CONSTITUCIONAL QUE SE DIGNE DE DETERMINAR AO SENHOR SECRETÁRIO DE DESENVOLVIMENTO URBANO, REALIZAR A LIMPEZAS DOS CANAIS DAS RUAS: 13 DE MAIO, JUSTINIANO DE CARVALHO, PAULO OVÍDIO DE LUCENA E OUTROS.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO SENHOR PREFEITO MUNICIPAL A VIABILIDADE DE DISPONIBILIZAR O PRÉDIO DA UNIÃO DOS ARTISTAS E OPERÁRIOS DE ITABAIANA PARA SEDIAR A ACADEMIA DE CORDEL DO VALE DO PARAÍBA, FUNDADA EM 2015, NESTA CIDADE.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PESAR PELO FALECIMENTO DO JORNALISTA ITABAIANENSE ARNAUD COSTA - EX- VEREADOR DESTA CASA LEGISLATIVA, FALECIDO EM 22 DE DEZEMBRO DO ANO DE 2016, EM JOÃO PESSOA E SEPULTADO NO CEMITÉRIO PÚBLICO DE ITABAIANA EM 23 DE DEZEMBRO DE 2016._x000D_
 </t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Izaías Araújo</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO SENHOR PREFEITO QUE SEJA ENVIADO EXPEDIENTE A SECRETARIA DE DESENVOLVIMENTO URBANO, ATRAVÉS DA DIRETORIA DE OBRAS E SERVIÇOS URBANOS, PARA QUE SEJA COLOCADO TUBULAÇÃO NO RIACHO QUE CORTA À RUA MINERVINO ALVES DE OLIVEIRA, O QUAL VEM CAUSANDO TRANSTORNO AOS MORADORES, TENDO EM VISTA O MAL CHEIRO.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Rodrigo R.</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO SENHOR PREFEITO QUE SEJA ENVIADA EXPEDIENTE A SECRETARIA DE DESENVOLVIMENTO URBANO, ATRAVÉS DA DIRETORIA DE OBRAS E SERVIÇOS URBANOS, PARA QUE SEJA REALIZADO UM SANEAMENTO BÁSICO NA RUA LOCALIZADA POR TRÁS DA RUA JOSÉ PEDRO DE ARAÚJO (RUA DO FOGO), NO DISTRITO DE GUARITA.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO DO SENHOR PREFEITO QUE SEJA ENVIADA EXPEDIENTE A SECRETARIA DE DESENVOLVIMENTO URBANO, QUE SEJA DETERMINADO AO SETOR COMPETENTE, AFIM DE QUE SEJA REALIZADA A FISCALIZAÇÃO E APREENSÃO DOS ANIMAIS CAPRINOS, OVINOS, EQUINOS, BOVINOS, ENTRE OUTROS, QUE CAUSEM TRANSTORNOS À ORDEM PÚBLICA, NOS LIMITES DA ZONA URBANA DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DA SENHORA DIRETORA DA RESIDÊNCIA RODOVIÁRIA DO DER DE ITABAIANA/PB, QUE SEJA DETERMINADO AO SETOR COMPETENTE, AFIM DE QUE SEJA REALIZADA A FISCALIZAÇÃO E APREENSÃO DOS ANIMAIS QUE TRANSITAM NAS RODOVIAS ESTADUAIS PB 054, PB 066 E PB 408.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO SENHOR PREFEITO CONSTITUCIONAL QUE SE DIGNE DE DETERMINAR AO SENHOR SECRETÁRIO DE DESENVOLVIMENTO URBANO, REALIZAR A CONSTRUÇÃO DOS CALÇAMENTOS DAS RUAS: ALBANISE FERNANDES DOS SANTOS E PAULO AFONSO, AMBAS NO BAIRRO AÇUDE DAS PEDRAS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE, QUE SEJA REATIVADA EM CARÁTER DE URGÊNCIA A BASE DESCENTRALIZADA DO SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA &amp;#8211; SAMU NESTA CIDADE. TENDO EM VISTA À NECESSIDADE DOS MUNÍCIPES.                                                                      </t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE SEJA IMPLANTADO O REAJUSTE DE 7,64%, QUE TEM POR BASE O ARTIGO 5º DA LEI Nº 11.738, DE 16 DE JULHO DE 2008. PARA QUE SEJA EQUIPARADO À OUTROS MUNICÍPIOS QUE JÁ IMPLANTARAM O PISO SALARIAL.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, NO SENTIDO DE QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS AFIM DE QUE SEJA REALIZADA A CONCLUSÃO DAS OBRAS DE SANEAMENTO BÁSICO NO CONJUNTO JOSÉ BENEDITO DA SILVEIRA, TENDO EM VISTA INIBIR A PROLIFERAÇÃO DE DOENÇAS.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, NO SENTIDO DE QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS AFIM DE QUE SEJA REALIZADA A MANUTENÇÃO NA PRAÇA EPITÁCIO PESSOA, TENDO EM VISTA A NECESSIDADE DA REALIZAÇÃO DE REPAROS EM SUA ESTRUTURA.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, NO SENTIDO DE QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS AFIM DE QUE SEJA REALIZADA O REPARO NA PAVIMENTAÇÃO QUE DÁ ACESSO AO DISTRITO DE CAMPO GRANDE.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, ATRAVÉS DA DIRETORIA DE OBRAS E SERVIÇOS URBANOS NO SENTIDO DE QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS AFINS DE QUE SEJA REALIZADA A PAVIMENTAÇÃO NA AVENIDA JOSÉ PEDRO DE ARAÚJO, LOCALIZADO NO BAIRRO JOSÉ JUSTINO DE PAIVA, ASSIM COMO A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA MESMA VIA.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, ATRAVÉS DA DIRETORIA DE OBRAS E SERVIÇOS URBANOS NO SENTIDO DE QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS AFINS DE QUE SEJA REALIZADA A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADES NA RUA SANTA RITA.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>José Marques</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE SAÚDE, QUE SEJA RESTABELECIDO O FUNCIONAMENTO DO POSTO ÂNCORA LOCALIZADO NA COMUNIDADE DE PERNAMBUQUINHO, RESSALTANDO QUE O MESMO ESTÁ VINCULADO À UNIDADE DE SAÚDE DA FAMÍLIA DE CAMPO GRANDE.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, ATRAVÉS DA DIRETORIA DE OBRAS E SERVIÇOS URBANOS NO SENTIDO DE QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS AFIM DE QUE SEJA REALIZADA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NO BAIRRO ALTA VISTA I, O REFERIDO REQUERIMENTO SE PRENDE A PEDIDO DOS MORADORES DAQUELE BAIRRO.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, ATRAVÉS DA DIRETORIA DE OBRAS E SERVIÇOS URBANOS NO SENTIDO DE QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS AFIM DE QUE SEJA REALIZADA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA GUIOMAR ANDRADE DE ASSIS, LOCALIZADO NO BAIRRO JOSÉ JUSTINO DE PAIVA, O REFERIDO REQUERIMENTO SE PRENDE A PEDIDO DOS MORADORES DAQUELE BAIRRO.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, QUE VENHA REIMPLANTAR NOS CONTRACHEQUES DOS AGENTES COMUNITÁRIOS DE SAÚDE A GRATIFICAÇÃO DE QUE TRATA A LEI MUNICIPAL 508/2007 EM SEU PARÁGRAFO PRIMEIRO DO ARTIGO 5º, HAJA VISTA QUE A LEI ESTÁ EM VIGÊNCIA DESDE A DATA DE SUA PROMULGAÇÃO.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, QUE VENHA REALIZAR A PAVIMENTAÇÃO E O SANEAMENTO BÁSICO DO BAIRRO LUIZ SARAIVA DE ARAÚJO.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, QUE VENHA REALIZAR A MANUTENÇÃO NA ILUMINAÇÃO PÚBLICA NO CONJUNTO HABITACIONAL DR. AGLAIR DA SILVA, CONJUNTO JOSÉ BENEDITO DA SILVEIRA, NOVA ITABAIANA E BAIRRO LUIZ SARAIVA DE ARAÚJO.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, QUE VENHA REALIZAR A PAVIMENTAÇÃO DAS SEGUINTES VIAS PÚBLICAS: RUA JÚLIO BERNARDO DE AMARAL, RUA MARIA OLINDINA DA SILVA, RUA RAFAEL ALVES VIANA E RUA ODILON FELIPE DA FONSECA; TODAS LOCALIZADAS NO CONJUNTO HABITACIONAL DR. AGLAIR DA SILVA.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, QUE VENHA REALIZAR A MANUTENÇÃO DE UMA PASSAGEM MOLHADA LOCALIZADA NA COMUNIDADE DE MARACAÍPE, MARGEM ESQUERDA.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO URBANO, QUE VENHA REALIZAR A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NAS VIAS PÚBLICAS LOCALIZADAS NO DISTRITO DE CAMPO GRANDE.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2327/r030_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2327/r030_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito, através da Secretaria de Saúde, que estenda o disposto no Parágrafo Primeiro do Artigo 5° da Lei Municipal n° 508/2007, que versa sobre o adicional de gratificação para os Agentes Comunitários de Saúde aos Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, QUE SE DIGNE DE DETERMINAR AO SENHOR SECRETÁRIO DE DESENVOLVIMENTO URBANO, PROVIDENCIAR A RECUPERAÇÃO DA PAVIMENTAÇÃO DAS RUAS: GALENO BENÍCIO RABELO E JOSÉ DIAS DE OLIVEIRA, AMBAS NO BAIRRO AÇUDE DAS PEDRAS. </t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.doc</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUEIRO DO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, QUE SE DIGNE DE DETERMINAR AO SENHOR SECRETÁRIO DE DESENVOLVIMENTO URBANO, PARA PROVIDENCIAR A CONSTRUÇÃO DE MUROS NA LATERAL DA PONTE DA RUA JUSTINIANO DE CARVALHO, COM INTUITO DE CANALIZAR AS ÁGUAS QUE POR ALI PASSAM.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2328/r033_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2328/r033_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que se digne de determinar ao senhor Secretário de Desenvolvimento Urbano, para providenciar pavimentação para as Ruas: João Correia de Melo Sobrinho, Isaias Pereira da Silva e Rua Professora Cídia Maria Brito de França, ambas no Bairro - Conjunto Residencial Antônio Mariz, criado pela Lei 474/06.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2329/r034_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2329/r034_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que se digne de determinar ao senhor Secretário de Desenvolvimento Urbano, para providenciar pavimentação para as Ruas: Antônio dos Santos, Severino Manoel de Aguiar e Maria da luz da Silva, ambas no Bairro - Conjunto Residencial Luiz Félix de Almeida, criado pela Lei 475/06.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2330/r035_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2330/r035_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que se digne de determinar ao senhor Secretário de Desenvolvimento Urbano, para providenciar pavimentação para as Ruas: Ailton Pereira da Costa, Luiz Martins Ferreira e Alcina Rodrigues Ferreira, ambas no Bairro do Jucurí, criado pelas Leis 473/06.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2331/r036_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2331/r036_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que se digne de determinar ao setor competente, afim de instalar câmeras de segurança em locais estratégicos, para fiscalizar os moradores que colocam lixos nas ruas e no canal que corta a Rua Treze de Maio afim de puni-los.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Dr. Pedro</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2332/r037_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2332/r037_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito, que se digne de determinar a Secretaria de Desenvolvimento Urbano através da Diretoria de Obras e Serviços Urbanos, a fim de realizar a pavimentação da Avenida Prefeito Luiz Paulino e da via pública que dá acesso ao Hospital Regional de Itabaiana através da Rodovia PB 048 na lateral das instalações do Instituto Federal de Educação, Ciência e Tecnologia campus Itabaiana, ambas localizada no Bairro Loteamento Nova Itabaiana.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2333/r038_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2333/r038_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que consiga junto ao Governo Federal convênios para a construção da Creche de Campo Grande. Requeiro ainda, que enquanto não se constrói uma nova Creche que alugue um local que possa funcionar normalmente abrigando as crianças daquele Distrito.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2334/r039_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2334/r039_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que implante nos contracheques dos servidores efetivos do município que exercem atividades de alto risco o direito contido no artigo 72 Inciso VI da Lei Orgânica que diz: adicional de remuneração para as atividades consideradas penosas, insalubre ou perigosas na forma da Lei.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2335/r040_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2335/r040_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada uma Sessão Especial em comemoração aos Cinquenta Anos da Renovação Carismática Católica no Brasil, no dia 15 de Março às 20 horas, baseado no artigo 117 do Regimento Interno.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2336/r041_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2336/r041_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que se digne de determinar a Secretaria de Educação através da Diretoria de Juventude, Esporte e Lazer, a fim de realizar um Campeonato Municipal aberto.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2337/r042_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2337/r042_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO à Renovação Carismática Católica de Itabaiana (RCC), pela realização do Bloco "Dons" nos dias 11 e 12 de Fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2338/r043_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2338/r043_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Aléssio Trindade de Barros, Secretário de Estado da Educação e Cultura, que seja realizada a reabertura da Sala de atendimento Educacional Especializado (AEE) para atender aos estudantes portadores de deficiência.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Luiz Antônio</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2339/r044_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2339/r044_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que determine ao setor competente afim de que seja realizada a ampliação do Cemitério Nossa Senhora da Boa Morte, como também seja construído um necrotério no Cemitério localizado no Distrito de Guarita, nesta cidade.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2340/r045_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2340/r045_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que realize a reforma da pavimentação assim como o Saneamento Básico da Rua José Fernandes, localizado no Distrito de Campo de Grande, nesta cidade.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2350/r046_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2350/r046_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que realize a construção de uma passagem molhada no Riacho de Zé de Badú localizado no Distrito de Campo Grande, nesta cidade.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2341/r047_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2341/r047_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que realize a restauração da Praça 24 de Maio.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2342/r048_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2342/r048_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que realize a pavimentação da Rua Margarida Maria Alves, no Bairro Açude das Pedras, nesta cidade.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2343/r049_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2343/r049_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que realize a recuperação da pavimentação na Rua Cassimiro Francisco da Silva, nesta cidade.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2344/r050_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2344/r050_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que realize a construção de Portais nas entradas principais de nossa cidade.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Mª de Fátima</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2345/r051_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2345/r051_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Saúde, que vise disponibilizar um Médico uma vez no mês para atender na comunidade de Urnas, visando beneficiar os moradores das localidades de Urnas e Furnas.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2346/r052_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2346/r052_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que venha concluir a pavimentação da Rua do Jucuri, no Bairro do Jucuri.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2347/r053_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2347/r053_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que venha realizar a pavimentação e limpeza do canal que corta a Rua Roberval Sérgio da Silva, localizada no antigo sítio Chã, por traz do D.E.R.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2348/r054_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2348/r054_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que venha realizar a pavimentação e reposição das lâmpadas do Bairro Alto Professor Maciel, nesta cidade.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2349/r055_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2349/r055_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que venha realizar a limpeza do açude localizado na Rua Mulungu, no Conjunto Habitacional Dr. Aglair da Silva. Tendo em vista que aquela comunidade sofre com a falta de abastecimento de água.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2351/r056_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2351/r056_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano, que venha realizar a criação de uma Autarquia Municipal de Trânsito, afim de regular o trânsito em nossa cidade e posteriormente venha municipalizar o trânsito.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2352/r057_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2352/r057_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Secretário de Segurança e Defesa Social, que venha implantar em nossa cidade, uma Unidade da Delegacia Especializada de Atendimento à Mulher.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2353/r058_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2353/r058_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que se digne de determinar ao senhor Secretário Municipal de Desenvolvimento Urbano e Controle Ambiental, no sentindo de providenciar a pavimentação para Rua 7 de Novembro.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2354/r059_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2354/r059_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro da Senhora Secretária Municipal de Saúde, que se digne de tomar as providências no sentido de instalar a Unidade Básica de Saúde da Família - Paulo Ouvídio de Lucena, no Bairro Jucurí que é Área de abrangência e também onde se concentra o maior número de pessoas vinculadas a Unidade.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2355/r060_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2355/r060_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro voto de profundo pesar pela morte trágica da estudante universitária Meirylenne Thais de 19 anos estudante do curso de Biomedicina, que foi assassinada quando se aproximava da FPB - Faculdade Internacional da Paraíba.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2356/r061_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2356/r061_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que se digne de tomar as providências cabíveis para a construção de uma Academia de Saúde no Conjunto Habitacional Dr. Aglair da Silva, Bem como a conclusão da obra de construção da Academia do Bairro do Açude das Pedras.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2357/r062_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2357/r062_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que se digne de determinar ao Senhor Secretário de Desenvolvimento Urbano e Controle Ambiental que tome as providências cabíveis para a conclusão do calçamento da Rua João Teófilo de Oliveira, no Bairro Justino Cabral de Melo.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2358/r063_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2358/r063_2017.pdf</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2359/r064_2017_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2359/r064_2017_2.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que se digne de criar em nosso município e Guarda Municipal, a fim de que Proteger os nossos moradores e que os mesmos atuem em todas as ruas do Perímetro Urbano, dando os mesmos segurança.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2360/r065_2017_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2360/r065_2017_2.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que se realize a manutenção da bomba d´água da Associação de Moradores de Cariará que abastece aquela comunidade. Haja vista que a mesma atende cerca de cinquenta pessoas.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2361/r066_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2361/r066_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja realizada a Pavimentação e Saneamento Básico das Vias Públicas existentes no Conjunto Adauto Pereira, localizado no Distrito de Campo Grande, nesta cidade.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2362/r067_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2362/r067_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja realizada uma organização na Feira Livre e no Mercado Público de Itabaiana, afim de que seja viabilizado o fluxo de pessoas e veículos.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2363/r068_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2363/r068_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada uma Sessão Especial em comemoração ao Dia Internacional da Mulher, no dia 08 de Março às 20 horas, baseado no artigo 117 do Regimento Interno.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2364/r069_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2364/r069_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, através da Secretaria de Desenvolvimento Urbano que seja realizada a construção de abrigos para os motos taxistas, organizando-os a fim de desocupar as calçadas do comércio e de Órgãos Públicos.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2365/r070_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2365/r070_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Lúcio Flávio Araújo Costa que determine ao Senhor Secretário de Desenvolvimento Urbano providências a fim de realizar limpeza, colocação de manilhas e pavimentação da Rua Paraná, nesta cidade.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2011/r071_2017_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2011/r071_2017_2.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Lúcio Flávio Araújo Costa que determine ao Senhor Secretário de Desenvolvimento Urbano providências a fim de construir um bueiro e/ou passagem molhada na saída do Conjunto Habitacional Dr. Aglair da Silva, nas mediações da Fazenda de Dr. Paulo Souto.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2012/r072_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2012/r072_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro a esta Douta Casa voto de Aplausos para o Rádio Comunitária Rainha do Vale - 87.9, e em especial ao Radialista Geraldo Alves de Oliveira, pela Cobertura que vem dando aos noticiários de nosso município e mais recentemente ao Carnaval.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2013/r073_2017_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2013/r073_2017_2.pdf</t>
   </si>
   <si>
     <t>Requeiro a esta Casa que seja enviado VOTO DE PROFUNDO PESAR, pelo falecimento da Senhora Severina Paz de Araújo, Professora, Ex-diretora do Colégio Estadual de Itabaiana, cujo falecimento aconteceu no dia 06 do corrente ano, no Hospital Regional de Itabaiana.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2014/r074_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2014/r074_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito municipal, que seja realizada a manutenção da Pavimentação e a Reposição de Lâmpadas no perímetro compreendido entre a Avenida Manoel Gouveia Marques até a localidade de Pernambuquinho, no local conhecido como Alto de José Maria Trigueiro.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2015/r075_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2015/r075_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito municipal, que seja determinado a Secretaria Municipal de Saúde, que venha reabrir a Unidade de Saúde da Família, localizada em Cariatá, que antes funcionava na comunidade de Sítio Novo.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2016/r076_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2016/r076_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro a esta Douta Casa o envio de manifestação ao Excelentíssimo Prefeito Municipal para que o mesmo se digne a cessar toda e qualquer forma de cobrança aos estudantes, a título de ajuda de combustível, pelo uso do transporte escolar.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2017/r077_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2017/r077_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que junto a Secretaria de desenvolvimento Urbano determina ao Diretor de Obras a construir um redutor de velocidade na Avenida principal que dá acesso ao Distrito de Campo Grande enfrente a casa de Segundinho após a Palhoça Beira Rio.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2018/r078_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2018/r078_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que junto a Secretaria de desenvolvimento Urbano determina ao Diretor de responsável pela iluminação publica faça a reposição de lâmpadas na Avenida principal do Distrito de Guarita.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2019/r079_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2019/r079_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Municipal, que junto a Secretaria de desenvolvimento Urbano determine a Terraplanagem das ruas do loteamento Alta Vista I.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2020/r080_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2020/r080_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Muncipal, que junto a Secretaria de desenvolvimento Urbano determine a limpeza do Açude Próximo ao Conjunto Antonio Mariz.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2021/r081_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2021/r081_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Diretor - Dr. Carlos Pereira que determine a construção de sonorizadores antes e depois dos redutores de velocidades (quebra-molas) construídos na PB-066, sendo um na Fazenda Ramalho e o outro próximo ao Colégio Estadual Dr. Antônio Batista Santiago, nesta Cidade.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2022/r083_2017_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2022/r083_2017_2.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal que seja determinado a Secretaria Municipal de Saúde, que venha reabrir o Posto Âncora localizado na Comunidade da Lagoa do Rancho vinculado a Unidade de Saúde da Família do Brejinho.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2023/r084_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2023/r084_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal que seja determinado a Secretaria Municipal de Saúde, o envio, para a Câmara Muncipal de Itabaiana - PB, dos resultados preliminares a respeito das analises sobre as causas das mortes que ocorreram na comunidade de Cariatá, a fim de dar ciência do andamento das investigações a esse Parlamento Mirim.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2024/r085_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2024/r085_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal que seja determinado a Secretaria Municipal de Saúde, que venha reestabelecer o atendimento odontológico nas Unidades de Saúde da Família, cujo atendimento ainda não foi iniciado, no âmbito do município de Itabaiana - PB.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2025/r086_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2025/r086_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que se promovam medidas necessárias afim de que sejam distribuídas horas de trator para os trabalhadores rurais deste município.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2026/r087_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2026/r087_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano que venha realizar a  pavimentação e o saneamento básico das seguintes vias públicas: Rua Manoel Jacinto da Silva, Rua Maria das Neves Lucena e Rua Otoniel Marinho dos Santos; todas localizadas no Bairro do Botafogo, nesta Cidade.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2027/r088_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2027/r088_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano que venha realizar a terraplanagem na localidade de Maracaípe margem esquerda, nesta Cidade.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2028/r089_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2028/r089_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano a fim de buscar parcerias com o Governo do Estado da Paraíba para realizar a conclusão das obras de pavimentação da estrada que dá acesso a localidade de Maracaípe.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2029/r090_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2029/r090_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro desta Douta Casa Legislativa uma Sessão Especial para tratarmos conjuntamente com os segmentos sociais, as instituições interessadas e os trabalhadores, sobre a Reforma da Previdência Social.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2030/r091_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2030/r091_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro da Senhora Secretária o Fornecimento de Fardamento completo e EPI - equipamento de Proteção Individual para os Agentes Comunitários de Saúde e Agente de Combate as Endemias.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2031/r092_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2031/r092_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro da Senhora Secretária a abertura e oferta dos serviços de Saúde do: CAPS - Centro de Assistência Psíquico Social, CEO - Centro de Especialidade Odontológica e das Unidades Básicas de Saúde da Família: Suburbana, Costa e Silva, Mãe Pobre.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2032/r093_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2032/r093_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO, ao Reverendíssimo Senhor Pastor Enilson Morais de Oliveira, em reconhecimento aos serviços prestados a Cidade de Itabaiana/PB durante os seus trezes anos a frente da Igreja Assembleia de Deus em Itabaiana/PB.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2033/r094_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2033/r094_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Desenvolvimento Urbano e Controle Ambiental, a colocação de manilhas no riacho que corta as Ruas Vereador Antoniel Marinho dos Santos e Maria das Neves Lucena. Bem como posteriormente a pavimentação de ambas.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2034/r095_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2034/r095_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Desenvolvimento Urbano e Controle Ambiental, realizar uma minirreforma no mercado público, inclusive fechando com grade ou portões de ferro as laterais.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2035/r096_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2035/r096_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, juntamente com o Governo do Estado no sentido de que seja feito o desassoreamento da Barragem de Abastecimento d´água de Itabaiana, situada no Distrito de Campo de Grande. Tendo em vista que em breve receberá a água da transposição do Rio São Francisco.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2036/r097_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2036/r097_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Desenvolvimento Urbano e Controle Ambiental, que adote providências cabíveis para realizar pavimentação em todas as Ruas do Conjunto Habitacional Lírio dos Vales.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2037/r098_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2037/r098_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro a esta Douta Casa o envio de manifestação ao Excelentíssimo Prefeito Municipal para que o mesmo de digne a Regulamentar o Transporte Escolar dos Estudantes Universitários de Goiana - PE.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2038/r099_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2038/r099_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Desenvolvimento Urbano que venha reconstruir a pavimentação e realizar as obras de saneamento básico na Rua Meira de Vasconcelos, localizada no Centro desta Cidade.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2039/r100_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2039/r100_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Desenvolvimento Urbano que venha realizar a reposição de Lâmpadas na Rua Meira Vasconcelos, Rua Nezinho Almeida, Rua Marieta Medeiros e na rua São Vicente de Paulo, todas localizadas no centro desta Cidade.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2040/r101_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2040/r101_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Desenvolvimento Urbano que venha realizar a pavimentação da Rua Umbuzeiro no Centro desta Cidade.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2041/r102_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2041/r102_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Desenvolvimento Urbano que venha realizar a reconstrução da varanda da ponte sobre o riacho que corta a Rua Conselheiro Antônio Guarita.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2042/r103_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2042/r103_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Saúde a fim de disponibilizar Especialidades Médicas na Policlínica Dr. Aglair da Silva.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2043/r104_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2043/r104_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Desenvolvimento Urbano que venha regularizar a Coleta de Lixo nos bairros de nossa cidade.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2044/r105_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2044/r105_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro desta douta Casa Legislativa VOTO DE CONGRATULAÇÕES, para o 8° Batalhão de Policia Militar do Estado da Paraíba e seu Comandante Major Oscar Beutenmuller. Pela passagem do 7° aniversário do batalhão, ocorrido no dia 21 de março do corrente ano.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2045/r106_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2045/r106_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Educação a fim de que seja colocado em ação o Porgrama Maria da Penha nas Escolas Municipais a fim de orientar melhor os alunos da Rede MUnicipal de Ensino.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2046/r108_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2046/r108_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Desenvolvimento Urbano e Controle Ambiental, Realizar uma Minirreforma no prédio do Terminal Rodoviário.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2047/r109_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2047/r109_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, providências no sentido de determinar a Secretaria Municipal de Desenvolvimento Urbano e Controle Ambiental, uma operação tapa buraco nas Ruas: Santa Rita, Vereador Luiz Martins de Carvalho e Av. José Paulo de Lucena.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2048/r110_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2048/r110_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Diretor a Conclusão do Serviço da Tubulação de água que está dentro da passarela de pedestre na Ponte Prefeito Severino Ramos da Silva.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2049/r111_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2049/r111_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Prefeito, o Exmo. Sr. Dr. Lúcio Flávio de Araújo Costa, que se digne de determinar a Senhora Secretária Municipal de Saúde, que venha concluir as obras de construção do Posto Âncora da Comunidade do Alto da Boa Esperança e colocar em funcionamento, haja vista que falta tão pouco para a conclusão daquela obra.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2050/r112_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2050/r112_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Presidente desta casa, que só seja autorizada a assinatura do livro que registra a presença de cada vereador nas Reuniões, ao termino de cada sessão.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2051/r113_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2051/r113_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro a esta Douta Casa VOTO DE CONGRATULAÇÃO pelo aniversário da Banda de Música Pentecostal Hefzibá da Igreja Assembleia de Deus, em Itabaiana - PB.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2052/r114_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2052/r114_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja determinado a Secretaria Municipal de Gestão e Planejamento, a emissão e entrega dos contracheques , quando solicitado, dos servidores da Prefeitura Municipal de Itabaiana em um prazo máximo de vinte e quatro horas (24h), exceto em casos de urgência, quando o mesmo deverá ser emitido e entregue imediatamente após a solicitação.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2053/r115_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2053/r115_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excetíssimo Senhor Diretor Geral da CAGEPA que determine a empresa que realizou as obras de ampliação da rede de abastecimento d'água para o Conjunto Dr. Aglair da Silva, para que a mesma realize a manutenção nas instalações, pois as mesmas encontram-se danificadas.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2054/r116_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2054/r116_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro da Excelentíssima Senhora Secretária de Desenvolvimento Humano e Social, que se digne de promover ações voltadas para as mulheres do Município, como: cursos, medidas protetivas, criação do Fórum.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2055/r117_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2055/r117_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro da Excelentíssima Senhora Secretária de Saúde, que se digne de disponibilizar as pessoas carentes Fraldas Geriátricas.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2056/r119_2017_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2056/r119_2017_2.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja determinado ao setor competente, afim de que seja realizada a perfuração de um Poço Artesiano na Comunidade de Maracaípe de Cima.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2057/r120_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2057/r120_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Presidente desta casa, que venha realizar a transmissão das Reuniões Ordinárias desta Casa, através da Rádio Comunitária Rainha FM.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2058/r121_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2058/r121_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja realizada as obras de Construção do Matadouro Público Municipal, afim de que os animais sejam abatidos em nossa cidade dentro dos padrões.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2059/r122_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2059/r122_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja determinado a Secretaria Municipal de Desenvolvimento Urbano e Controle Ambiental, a instalação imediata de Ecopontos, lugares apropriados para a destinação dos resíduos sólidos inservíveis, a fim de evitar que os resíduos orgânicos sejam descartados junto com os materiais que poderiam ser reciclados ou depositados em locais apropriados.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2060/r123_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2060/r123_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja determinado a Secretaria Municipal de Desenvolvimento Urbano e Controle Ambiental, a realização  do escoamento das águas pluviais coletadas pelo desaguadouro (bueiro) localizado na Rua Luiz Quirino do Nascimento, no Bairro de Campo Grande.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2061/r124_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2061/r124_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja determinado a Secretaria Municipal de Desenvolvimento Urbano e Controle Ambiental, a recuperação de dez metros de calçamentos, localizado na Praça Manoel Joaquim de Araújo, em frente ao Prédio da Fundação Adauto Elias Cavalcante.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2062/r125_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2062/r125_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO ao Sr. Eduardo Gindre Caxias de Lima, por disponibilizar o transporte para o descolamento dos doadores de sangue em favor de Rejane Maria da Silva, moradora do Bairro Campo Grande, que se encontra interna no Hospital Laureano com possível diagnóstico de Leucemia</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2063/r126_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2063/r126_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado de VOTO DE PROFUNDO PESAR pelo falecimento da Senhora Elisabeth Santiago Bandeira, que ocorreu na última quinta-feira, 13 de Abril do corrente ano, em João Pessoa.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2064/r127_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2064/r127_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro da Excelentíssima Senhora Secretária de Saúde que se digne de implantar o Posto Âncora na localidade do Cajueiro em Cariatá, neste Município.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2065/r128_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2065/r128_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro da Excelentíssima Senhora Secretária de Desenvolvimento Humano e Social, que se digne de destinar um Educador Físico para atender as pessoas da maior idade na Praça Epitácio Pessoa, oferecendo uma melhor qualidade de vida, no período da manhã e no fim da tarde.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2066/r129_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2066/r129_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado expediente ao setor competente, afim de que sejam realizadas as obras de complementação da pavimentação da Rua do Sossego no bairro de Açude das Pedras.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2067/r130_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2067/r130_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado expediente ao setor competente, afim de que seja realizada as obras de construção de rede de esgotos na III Travessa Suburbana.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2068/r131_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2068/r131_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro da Excelentíssima Senhora Secretária de Estado da Saúde, que se digne de restabelecer o serviço de coleta de sangue regularmente no Hemonúcleo de Itabaiana, como já ocorria em outro momento.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2070/r132_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2070/r132_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado MOÇÃO DE APLAUSO, pelos esforços realizados no tocante à retirar as 54 cidades que estavam em situação de isolamento asfáltico. Foram mais de 800km's de rodovia, entregando no dia 01/05 a última cidade que estava no isolamento asfáltico, ligando assim às Rodovias Federais. De mesmo modo, pela construção da Nova Escola Professor Maciel e pela entrega da adutora que ampliou o abastecimento d'água para o Conjunto Habitacional Dr. Aglair da Silva, Conjunto José Benedito da Silveira e outras localidades.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2069/r133_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2069/r133_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTOS DE APLAUSO, a Coordenação da Regional Agreste I da Renovação Carismática Católica, pela realização da I Conferência dos Homens, no último domingo, 30 de Abril nesta Cidade.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2071/r134_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2071/r134_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado ao setor competente que seja implantado a rede elétrica dom a implantação de Iluminação Pública do Cemitério Nossa Senhora da Boa Morte até o poço de Camarão.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2072/r135_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2072/r135_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado expediente ao setor competente, afim de que seja realizada as obras de construção de uma Praça, no espaço pertencente ao município, localizado entre Avenida Suburbana e a Rua Tássio Anderson, conhecido por antigo Posto Fiscal, afim de urbanizar aquele espaço para uso da Comunidade.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2073/r136_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2073/r136_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado expediente ao Ilustríssimo Senhor Diretor da Energisa Paraíba, no sentido de que seja viabilizado em nosso município o Programa de troca de geladeiras  nas comunidades carentes deste Município.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2074/r137_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2074/r137_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada ao setor competente, que seja realizada a padronização das Praças de Taxi, com sinalização, pintura, etc.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2075/r138_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2075/r138_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada uma SESSÃO ESPECIAL, em comemoração ao Dia das Mães no próximo dia 12 de Maio as 20 horas no Plenário desta Casa.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2076/r139_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2076/r139_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada a Secretaria Municipal de Educação que venha ser implantada Escola de Música nas Escolas Municipais de Itabaiana -  PB.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2077/r140_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2077/r140_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada ao Setor Competente que venha realizar a sinalização horizontal e vertical nas vias principais de nossa cidade, assim como a implantação da faixa de pedestres, para auxiliar na organização do trânsito municipal haja vista que ainda não houve a municipalização do trânsito.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2078/r141_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2078/r141_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja visto a possibilidade de instituir no Munícipio de Itabaiana, uma Escola Técnica Municipal em uma destas escolas existentes no Munícipio.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2079/r142_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2079/r142_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Plenário a realização de uma Sessão Especial que se realizará no dia 08 de Junho, do corrente ano, com objetivo de comemorarmos o aniversário de 18 anos da fundação da Escola Municipal Sebastião Rodrigues de Melo - CAIC.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2080/r143_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2080/r143_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do senhor Diretor do DER que se digne de mandar construir dois redutores de velocidade (quebra mola) e quatro sonorizadores na PB - 054, sendo um antes e o outro depois da Bodega, nas imediações do Fórum.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2081/r144_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2081/r144_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Diretor do DER que se digne de Solicitar da Empresa que construiu a ponte do Canal Acauã / Araçagí na PB - 054, para fazer a correção de parte do asfalto que cedeu, no Povoado Lagoa do Rancho onde passa o canal.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2082/r145_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2082/r145_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que se digne de mandar a esta Casa Legislatura um Projeto de Lei, Criando a ZONA AZUL do nosso Município - Estacionamento Público Rotativo legalizado.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2083/r146_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2083/r146_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro da Senhora Secretária Estadual de Saúde que se digne de determinar a fazerem a reestruturação do Hospital Regional Sebastião Rodrigues de Melo, com as implantações dos serviços de UTI - Unidade  de Terapia Intensiva, Ortopedia, Ampliação de Leitos e acessibilidade.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2084/r148_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2084/r148_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja determinado a Secretaria Executiva de Mobilidade Urbana que se digne de organizar a Avenida José Silveira e a Avenida Presidente João Pessoa em períodos de festividades em nosso município, quando da ocasião torna-se necessária a interdição de uma das vias das Avenidas.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2085/r149_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2085/r149_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Digníssimo Sr. José Pereira da Costa Filho, Diretor Regional dos Correios na Paraíba, a implantação de melhorias nos serviços postais oferecidos pela Agência dos Correios do Município de Itabaiana - PB, especialmente, no serviço de entrega de correspondências.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2086/r150_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2086/r150_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PROFUNDO PESAR, pelo falecimento do Senhor Cláudio Teófilo da Silva, conhecido popularmente como "Cal Taxista", que faleceu no dia 15 deste mês de forma trágica.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2087/r151_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2087/r151_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada ao Setor Competente que seja realizada a perfuração de poços artesianos na Zona Rural do Município de Itabaiana - PB.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2088/r152_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2088/r152_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja implantado em nosso município o Cartão Alimentação, para atender as pessoas carentes do nosso Município.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2089/r153_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2089/r153_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO para a Academia de Cordel do Vale do Paraíba, por ter se consolidado como a casa do poeta cordelista , incentivando a difusão e produção da literatura de cordel e o aprimoramento cultural com projetos ligados ao incentivo a leitura.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2090/r154_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2090/r154_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO ao Senador Cássio Cunha Lima pelo empenho junto ao Ministério da Integração Nacional para que o Município de Itabaiana - PB não seja excluída da Região do Semiárido, o que seria um grande prejuízo para nossa cidade.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2091/r155_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2091/r155_2017.pdf</t>
   </si>
   <si>
     <t>Regueiro que seja realizadas melhorias e que seja colocada a sinalização horizontal e vertical das rodovias que interligam a cidade de Itabaiana, a exemplo de Itabaiana a Salgado de São Félix (PB 082), Itabaiana à Mogeiro e Juripiranga (PB 066), Itabaiana à BR 230 (PB 054) e de mesmo modo que seja realizada a construção da rodovia asfáltica de Itabaiana à Pilar.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2092/r156_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2092/r156_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Prefeito Constituicional, que se digne de enviar a esta casa o PCCR - Plano de Cargos Carreira e Remuneração dos Agentes Comunitários de Saúde, Agentes de Combate a Endemias e dos Garis.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2093/r157_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2093/r157_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que se digne de mandar a esta Casa Legislatura um Projeto de Lei, dando inserção da Taxa de Renovação de Alvará para Taxista e Moto-taxi, para o próximo ano, desde que regularmente filiado a uma instituição sindical da categoria, como determina Artigo 56, Inciso XXXVII da Lom - Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2094/r158_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2094/r158_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Diretor  que seja realizada a substituição de um poste que está danificado, na Rua Alcina Ferreira da Silva, em frente a Casa n° 78, e que na instalação do novo poste, seja instalado com uma distância de um metro da atual localização.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2095/r159_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2095/r159_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado à Secretaria Municipal de Desenvolvimento Urbano afim de que seja realizado o reparo da pavimentação conhecida_x000D_
 na Rua Minervino Alves de Oliveira, popularmente por 1ª Travessa Suburbana. O presente requerimento se prende a pedido realizado por  moradores daquela localidade.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2096/r160_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2096/r160_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada a Secretaria Municipal de Educação que seja enviado a esta Casa os motivos pelos quais até o presente momento as Creches Municipais não estão funcionando, haja vista já se passaram cinco meses da atual administração.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2097/r161_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2097/r161_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PROFUNDO PESAR, pelo falecimento do Senhor Paulo Sérgio Uchoa de Santana, que faleceu na última sexta-feira (26), em João Pessoa - PB.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2098/r162_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2098/r162_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PROFUNDO PESAR pelo falecimento do Senhor José Mailton Ribeiro Lopes, conhecido popularmente como "Zé Mailton Taxista", que faleceu no último sábado (20), em João Pessoa.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2099/r163_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2099/r163_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja implantado o serviço de rádio escuta em nosso município. Com o objetivo de monitorar o noticiário radiofônico da cidade e auxiliar as secretarias a identificar eventuais problemas e sugestões feitas pela comunidade nos principais programas que vão ao ar diariamente.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2100/r164_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2100/r164_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro da Diretoria de Energisa Paraíba, que se digne de instalar postes na entrada do Cajueiro em Cariatá, Zona Rural deste Município.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2101/r165_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2101/r165_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Senhor Presidente, que seja realizada a Sanção Tácita do Projeto de Lei n° 391 de 19 de Julho de 2013, que Altera o artigo 23 da Lei Orgânica do Município de Itabaiana e dá outras providências. Haja vista que o mesmo foi aprovado em Reunião Ordinária e não foi sancionado por parte do Executivo e nem do Poder Legislativo</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2102/r166_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2102/r166_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE REPÚDIO a Secretária a Muncipal de Saúde de Itabaiana - PB, Soraya Galdino de Araújo Lucena, contra o tratamento dado a funcionária municipal Aurenice Mendes da Silva, durante uma capacitação de gestores e funcionários da rede de Atenção Básica realizada no dia 29 do corrente mês e ano.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2103/r167_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2103/r167_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a construção da galeria para recolher os esgotos da Rua Antônio de Souza, no Bairro do Açude das Pedras, assim como a Pavimentação da mesma.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2104/r168_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2104/r168_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja enviado a esta Casa Legislativa o valor arrecadado com a Contribuição de Iluminação Pública (CIP) entre os meses de Janeiro e Abril, deste ano.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2105/r170_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2105/r170_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PROFUNDO PESAR, pelo falecimento do Senhor Alberto Gomes Figueiredo, ocorrido no último dia 01 de junho do corrente ano, na cidade de João Pessoa - PB.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2106/r179_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2106/r179_2017.pdf</t>
   </si>
   <si>
     <t>O  vereador que este subscreve, no uso de suas prerrogativas regimentais e legais, requer a vossa excelência, após anuência do plenário, o envio do presente expediente ao Senhor prefeito constitucional: Lúcio Flávio Araújo Costa, que solicite junto ao Excelentíssimo Govenador do Estado da Paraíba, o Sr. Ricardo Vieira Continho, a doação de forma definitiva do prédio Centro Social Urbano (CSU) e todo o seu entorno, que fica localizado no bairro do_x000D_
 Jucuri, onde já funcionam alguns programas sociais como, por exemplo, Serviço de Convivência e Fortalecimento de Vínculos (SCFV) do município de Itabaiana-PB.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2107/r180_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2107/r180_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que a Diretora do Hospital Regional de Itabaiana Sebastião Rodrigues de Melo contrate médico buco-maxilo facial para prestar serviço a população da região.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2108/r181_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2108/r181_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro a casa Voto de Congratulações para a Igreja Evangélica Assembleia de Deus em Itabaiana e o seu Pastor Enilson Morais pela realização nos dias 15 e 16 do corrente mês, da 1° Escola Bíblica de Obreiro do Vale do Paraíba.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2109/r182_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2109/r182_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro a casa Voto de Congratulações para a Igreja Evangélica Assembleia de Deus em Itabaiana e o seu Pastor Enilson Morais pelas realizações no período de 22 a 25 de Julho do corrente ano, o aniversário de 68 anos do Círculo da Oração, como também o 18° Congresso da USEADI - União de Senhoras da Igreja Evangélica Assembleia de Deus em Itabaiana - PB.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2110/r184_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2110/r184_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada a Secretaria de Desenvolvimento Urbano afim de que seja realizada a recuperação de passagem molhada, localizada na localidade de Sítio Pororoca - Zona rural do Município de Itabaiana.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2111/r185_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2111/r185_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO, ao Senhor Dorgival Vicente Ferreira, na ocasião de comemoração dos 11 (onze) anos de serviços prestados a frente da Paróquia Nossa Senhora da Conceição e a cidade de Itabaiana - PB, completados no último dia 03 (três) de agosto.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2112/r186_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2112/r186_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, a criação de uma gratificação especial para os funcionários públicos municipais, efetivos e contratados por excepcional interesse público, que atuam como motoristas de veículos de transporte escolar.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2113/r187_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2113/r187_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PROFUNDO PESAR pelo falecimento do Senhor Antônio Farias de Araújo, conhecido popularmente como "Carioca", que faleceu no último sábado (26).</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2114/r188_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2114/r188_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado à Secretaria Municipal de Desenvolvimento Urbano afim de que seja realizado a conclusão das obras de construção do Campo de Futebol, localizado na comunidade do Brejinho, ao lado do prédio pertencente à Prefeitura Municipal de Itabaiana - PB.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2115/r190_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2115/r190_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja solicitado a recuperação do trecho que liga do giradouro próximo ao D.E.R até o trevo da Ponte Nova, como também o trecho da PB 054 que inicia próximo a Pousada Rainha do Vale até o Posto de Combustível Japhelandia no Município de Itabaiana.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2116/r192_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2116/r192_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal a implantação, no âmbito do município de Itabaiana - PB, de medidas de conscientização e atenção à depressão e prevenção ao suicídio, em apoio à Campanha "Setembro Amarelo".</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2117/r193_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2117/r193_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro a esta Douta Casa VOTO DE PESAR pela morte do Arcebispo Emérito da Paraíba, Dom José Maria Pires, que faleceu aos 98 anos, no dia 27 de Agosto, em Belo Horizonte. Dom José foi o quarto bispo da região metropolitana de João Pessoa, a Arquidiocese da Paraíba, e esteve no cargo entre os anos de 1966 e 1995. Durante este período, ele atuou mediando conflitos pela terra no Estado, defendendo camponeses.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2118/r194_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2118/r194_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que junto ao Governador do Estado Ricardo Coutinho, seja feito a pavimentação em asfalto das principais vias públicas, iniciando na Rua Luiz Tavares da Costa, prosseguindo pela Rua Francisco Gomes da Costa, Cônego Tranquilizo, Praça Monsenhor Francisco_x000D_
 Coelho, Av. José Silveira, Av. Presidente João Pessoa, Praça Epitácio Pessoa, Rua Prefeito Antônio Batista Santiago, Praça da Industria, Avenida Vereador Batista Freire, terminando na linha férrea em Campo Grande. Também seja feito a pavimentação em asfalto das Ruas: Fernando Pessoa (rua da ponte) Venâncio Neiva, Treze de Maio e Suburbana. Tendo em vista, a necessidade dessa benfeitoria em nossa Cidade.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2119/r196_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2119/r196_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja feito VOTO DE PROFUNDO PESAR, pelo falecimento do senhor Oscar Severino da Silva, que ocorreu no último dia 01 do mês de Setembro nesta cidade.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2120/r197_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2120/r197_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de Desenvolvimento Urbano e Controle Ambiental, a construção da galeria da Rua Leônilo Felix de Almeida.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2121/r198_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2121/r198_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de Desenvolvimento Urbano e Controle Ambiental, a construção da pavimentação e galeria da Rua Maria do Campo Pessoa Amaral, Centro, atrás da Sede dos Trabalhadores.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2122/r199_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2122/r199_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que o senhor Prefeito junto a Secretaria de Desenvolvimento Urbano realize a pavimentação e o saneamento básico da Rua Francisco da Silva Cândido no Conjunto Luiz Felix de Almeida.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2123/r200_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2123/r200_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal a implantação de um programa de aulões preparatórios gratuitos para os alunos da rede pública de ensino  do nosso município, visando à orientação e preparação para o Exame Nacional do Ensino Médio (ENEM).</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2124/r201_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2124/r201_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal a reativação do Conselho Municipal de Cultural, visando garantir a todos o pleno exercício dos direitos culturais, além da participação democrática dos vários segmentos da sociedade que integram a ação cultural no Município de Itabaiana - PB.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2125/r202_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2125/r202_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria Municipal de Desenvolvimento Urbano e Controle Ambiental, a construção de dois redutores de velocidades (quebra molas), na Av. Vereador Batista Freire, sendo um, antes da Congregação da Igreja Evangélica Assembleia de Deus em Campo Grande e o outro após.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2126/r203_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2126/r203_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de Desenvolvimento Urbano e Controle Ambiental, a construção de dois redutores de velocidades (quebra molas), na Rua Vereador João Quirino Neto (antiga Rua do Camburão).</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2127/r204_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2127/r204_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal a equiparação salarial dos servidores que ocupam a função de Bioquímico, uma vez que os profissionais possuem as mesmas qualificações técnicas para exercerem essa função e estão recebendo vencimentos desiguais.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2128/r205_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2128/r205_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE CONGRATULAÇÃO à Igreja Evangélica Assembleia de Deus Missionária Hosana ao Rei pela realização da 1° Conferencia Missionária, que ocorreu nos dias 15, 16 e 17 de Setembro do corrente ano.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2129/r206_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2129/r206_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de Desenvolvimento Urbano e Controle Ambiental, a construção de um redutor de velocidade (quebra molas), na Rua Floriano Peixoto, Em frente a Escola Dom Bosco e 1° Igreja Batista.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2130/r207_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2130/r207_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PROFUNDO PESAR, pelo falecimento do senhor José Paulo da Silva, Ex-Prefeito de Mogeiro, que ocorreu no último dia 14 do mês de Setembro. Do corrente ano, na cidade de Mogeiro.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2131/r208_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2131/r208_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado ao setor competente afim de que seja realizada a limpeza e reposição da galeria do Sítio Chã e das demais vias públicas do município de Itabaiana - PB.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2132/r209_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2132/r209_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado ao setor competente afim de que seja realizado o estudo de viabilidade para a implantação de uma Casa de Apoio para os portadores de câncer e familiares na cidade de João Pessoa - PB.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2133/r210_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2133/r210_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal o envio de solicitações formais aos Ministérios das Cidades e dos Transportes para ampliação do sistema ferroviário metropolitano já instalado na Grande João Pessoa, a fim do nosso município utilizar os Ramais da Transnordestina na Paraíba.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2134/r211_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2134/r211_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que o Ministério Público da Paraíba, em Itabaiana, tome as providências cabíveis no sentido de os ciclistas que usam as calçadas como via de ciclismo.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2135/r212_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2135/r212_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado à Secretaria Municipal de desenvolvimento Urbano afim de que seja realizado a reposição de lâmpadas nas Localidades de Mendonça dos Moreiras, Lagoa do Rancho e Riacho de Mogeiro.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2136/r213_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2136/r213_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado expediente ao Senhor Prefeito Constitucional e a Secretária de Saúde, afim de que seja realizado ações, palestras e eventos, buscando a prevenção do Câncer de Mama em virtude do Outubro Rosa.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2137/r214_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2137/r214_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE CONGRATULAÇÃO a Associação Cultural Memória Viva pelo lançamento do Jornal "O Memória", tablóide de periodicidade mensal que divulga ações culturais educativas de interesse público.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2138/r215_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2138/r215_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Excelentíssimo Senhor Prefeito o envio da relação atualizada de todos os nomeados para cargos, a que Departamento, Divisão ou Seção é responsável, para fim de acompanhamento, controle e fiscalização do Legislativo sobre a Administração Municipal.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2139/r217_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2139/r217_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Muncipal, que seja enviado a esta Casa Legislativa, informações constatando o nome de todos os profissionais médicos em exercício nas Unidades de Saúde da Família e na Base Descentralizada do SAMU, e o horário de início e de término da jornada de trabalho de cada um deles.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2140/r218_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2140/r218_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE CONGRATULAÇÃO ao Senhor Janildo Bento Melchiades, em reconhecimento ao trabalho desenvolvido em apoio às festividades do "Dia das Crianças".</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2141/r219_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2141/r219_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada ao Setor Competente que venha realizar a construção de abrigos de ônibus nas localidades de Fazenda Ramalho e em Lagoa do Rancho.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2142/r220_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2142/r220_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro a Casa na Forma Regimental, a aprovação de uma Sessão Solene, com objetivo de comemorarmos os 500 anos da reforma Protestante, ocorrido em 31 de outubro de 1517. Data a ser definida em novembro pelas autoridades religiosas.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2143/r222_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2143/r222_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO para a Promotoria Pública de Itabaiana e a Prefeitura Municipal de Itabaiana, pela execução do Projeto "Prevenir é Proteger".</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2144/r223_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2144/r223_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE CONGRATUÇÃO à Igreja Ágape pela realização da 2° Marcha para Jesus, que ocorreu no dia 21 de Outubro do corrente ano.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2145/r224_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2145/r224_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE CONGRATULAÇÃO a Coordenação Regional Agreste I da Renovação Carismática Católica, pela realização da Conferência Mulheres Virtuosas, que ocorreu no dia 29 de Outubro do corrente ano, nesta cidade.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2146/r225_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2146/r225_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal o cumprimento da Resolução Normativa - RN - TC 03/2014, observando as alterações impostas pela RN - TC 01/2017, que dispõe sobre o encaminhamento dos balancetes mensais, de informações complementares e de demonstrativos exigidos pela Lei de Responsabilidade Fiscal, para fim de acompanhamento, controle e fiscalização do Legislativo sobre a Administração Municipal.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2147/r226_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2147/r226_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal a implantação, no âmbito do município de Itabaiana - PB, de medidas de conscientização e atenção a Prevenção do Câncer de Próstata, em apoio à Campanha "Novembro Azul".</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2148/r227_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2148/r227_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO ao Dr. Paulo José de Souto pelo apoio ao serviço realizado no Centro Comunitário Padre Antonio Kemps no Brejinho - triagem de catarata, exames de vista, avaliação no dentista, verificação de pressão arterial e glicose.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2149/r228_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2149/r228_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado à Secretaria de Desenvolvimento Urbano que seja realizado a construção do calçamento da Rua Santa Cecília, localizada por trás da oficina de João Batista, próxima ao canal 13 de maio - centro.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2150/r229_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2150/r229_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO para a Guarnição da Policia Militar e aos Senhores Cabo João Gomes dos Santos, Matricula 520.856-4 e ao Cabo Edinaldo Barreto da Silva, Matrícula 521.588-9, que em um ato de bravura, após troca de tiros com a quadrilha, realizaram a prisão de um individuo e apreendeu um fuzil Stag-15, calibre 5.56mm, que estava com o mesmo, na rodovia PB-066. Frustrando desta forma uma ação criminosa planejada no estado.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2151/r230_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2151/r230_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE CONGRATULAÇÃO ao Cônego Dorgival Vicente Ferreira, Pároco deste município, em reconhecimento aos seus 15 (quinze) anos de Ordenação Sacerdotal.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2152/r231_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2152/r231_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro, na forma regimental, a realização de uma audiência pública, em data e horário a definir, para debater possíveis mudanças no Estatuto do Desarmamento (Lei 10.826/03).</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2153/r232_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2153/r232_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Constitucional, que se digne determinar a Secretaria de Desenvolvimento Urbano a fazer a limpeza e pintura do meio fio da Rua Emanuel Gouveia que inicia na PB 082 até o Curtume Nossa Senhora da Conceição em Pernambuquinho. Como é do conhecimento é realizada no dia 08 de dezembro a tradicional Procissão de Nossa Senhora da Conceição, percorrendo toda aquela rua até o Curtume.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2154/r233_2017.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2154/r233_2017.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Constitucional, que determine a Secretaria Municipal de Desenvolvimento Urbano que seja recuperado o calçamento da Rua Israel Elídio de Carvalho, em frente a Creche, no Bairro Dr. Aglair (Brejinho).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3086,67 +3086,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2326/i001_2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2159/i002_2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2325/i003_2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2327/r030_2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2328/r033_2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2329/r034_2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2330/r035_2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2331/r036_2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2332/r037_2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2333/r038_2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2334/r039_2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2335/r040_2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2336/r041_2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2337/r042_2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2338/r043_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2339/r044_2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2340/r045_2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2350/r046_2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2341/r047_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2342/r048_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2343/r049_2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2344/r050_2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2345/r051_2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2346/r052_2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2347/r053_2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2348/r054_2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2349/r055_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2351/r056_2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2352/r057_2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2353/r058_2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2354/r059_2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2355/r060_2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2356/r061_2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2357/r062_2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2358/r063_2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2359/r064_2017_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2360/r065_2017_2.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2361/r066_2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2362/r067_2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2363/r068_2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2364/r069_2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2365/r070_2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2011/r071_2017_2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2012/r072_2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2013/r073_2017_2.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2014/r074_2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2015/r075_2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2016/r076_2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2017/r077_2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2018/r078_2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2019/r079_2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2020/r080_2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2021/r081_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2022/r083_2017_2.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2023/r084_2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2024/r085_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2025/r086_2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2026/r087_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2027/r088_2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2028/r089_2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2029/r090_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2030/r091_2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2031/r092_2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2032/r093_2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2033/r094_2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2034/r095_2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2035/r096_2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2036/r097_2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2037/r098_2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2038/r099_2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2039/r100_2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2040/r101_2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2041/r102_2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2042/r103_2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2043/r104_2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2044/r105_2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2045/r106_2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2046/r108_2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2047/r109_2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2048/r110_2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2049/r111_2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2050/r112_2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2051/r113_2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2052/r114_2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2053/r115_2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2054/r116_2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2055/r117_2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2056/r119_2017_2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2057/r120_2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2058/r121_2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2059/r122_2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2060/r123_2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2061/r124_2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2062/r125_2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2063/r126_2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2064/r127_2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2065/r128_2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2066/r129_2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2067/r130_2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2068/r131_2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2070/r132_2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2069/r133_2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2071/r134_2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2072/r135_2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2073/r136_2017.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2074/r137_2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2075/r138_2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2076/r139_2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2077/r140_2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2078/r141_2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2079/r142_2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2080/r143_2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2081/r144_2017.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2082/r145_2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2083/r146_2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2084/r148_2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2085/r149_2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2086/r150_2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2087/r151_2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2088/r152_2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2089/r153_2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2090/r154_2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2091/r155_2017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2092/r156_2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2093/r157_2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2094/r158_2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2095/r159_2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2096/r160_2017.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2097/r161_2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2098/r162_2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2099/r163_2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2100/r164_2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2101/r165_2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2102/r166_2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2103/r167_2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2104/r168_2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2105/r170_2017.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2106/r179_2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2107/r180_2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2108/r181_2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2109/r182_2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2110/r184_2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2111/r185_2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2112/r186_2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2113/r187_2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2114/r188_2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2115/r190_2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2116/r192_2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2117/r193_2017.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2118/r194_2017.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2119/r196_2017.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2120/r197_2017.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2121/r198_2017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2122/r199_2017.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2123/r200_2017.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2124/r201_2017.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2125/r202_2017.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2126/r203_2017.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2127/r204_2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2128/r205_2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2129/r206_2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2130/r207_2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2131/r208_2017.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2132/r209_2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2133/r210_2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2134/r211_2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2135/r212_2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2136/r213_2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2137/r214_2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2138/r215_2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2139/r217_2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2140/r218_2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2141/r219_2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2142/r220_2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2143/r222_2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2144/r223_2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2145/r224_2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2146/r225_2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2147/r226_2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2148/r227_2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2149/r228_2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2150/r229_2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2151/r230_2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2152/r231_2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2153/r232_2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2154/r233_2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2326/i001_2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2159/i002_2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2325/i003_2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2327/r030_2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2328/r033_2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2329/r034_2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2330/r035_2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2331/r036_2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2332/r037_2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2333/r038_2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2334/r039_2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2335/r040_2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2336/r041_2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2337/r042_2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2338/r043_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2339/r044_2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2340/r045_2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2350/r046_2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2341/r047_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2342/r048_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2343/r049_2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2344/r050_2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2345/r051_2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2346/r052_2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2347/r053_2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2348/r054_2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2349/r055_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2351/r056_2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2352/r057_2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2353/r058_2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2354/r059_2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2355/r060_2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2356/r061_2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2357/r062_2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2358/r063_2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2359/r064_2017_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2360/r065_2017_2.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2361/r066_2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2362/r067_2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2363/r068_2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2364/r069_2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2365/r070_2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2011/r071_2017_2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2012/r072_2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2013/r073_2017_2.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2014/r074_2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2015/r075_2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2016/r076_2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2017/r077_2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2018/r078_2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2019/r079_2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2020/r080_2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2021/r081_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2022/r083_2017_2.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2023/r084_2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2024/r085_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2025/r086_2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2026/r087_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2027/r088_2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2028/r089_2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2029/r090_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2030/r091_2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2031/r092_2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2032/r093_2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2033/r094_2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2034/r095_2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2035/r096_2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2036/r097_2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2037/r098_2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2038/r099_2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2039/r100_2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2040/r101_2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2041/r102_2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2042/r103_2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2043/r104_2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2044/r105_2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2045/r106_2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2046/r108_2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2047/r109_2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2048/r110_2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2049/r111_2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2050/r112_2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2051/r113_2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2052/r114_2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2053/r115_2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2054/r116_2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2055/r117_2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2056/r119_2017_2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2057/r120_2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2058/r121_2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2059/r122_2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2060/r123_2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2061/r124_2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2062/r125_2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2063/r126_2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2064/r127_2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2065/r128_2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2066/r129_2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2067/r130_2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2068/r131_2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2070/r132_2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2069/r133_2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2071/r134_2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2072/r135_2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2073/r136_2017.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2074/r137_2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2075/r138_2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2076/r139_2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2077/r140_2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2078/r141_2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2079/r142_2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2080/r143_2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2081/r144_2017.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2082/r145_2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2083/r146_2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2084/r148_2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2085/r149_2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2086/r150_2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2087/r151_2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2088/r152_2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2089/r153_2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2090/r154_2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2091/r155_2017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2092/r156_2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2093/r157_2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2094/r158_2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2095/r159_2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2096/r160_2017.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2097/r161_2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2098/r162_2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2099/r163_2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2100/r164_2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2101/r165_2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2102/r166_2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2103/r167_2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2104/r168_2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2105/r170_2017.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2106/r179_2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2107/r180_2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2108/r181_2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2109/r182_2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2110/r184_2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2111/r185_2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2112/r186_2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2113/r187_2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2114/r188_2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2115/r190_2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2116/r192_2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2117/r193_2017.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2118/r194_2017.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2119/r196_2017.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2120/r197_2017.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2121/r198_2017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2122/r199_2017.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2123/r200_2017.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2124/r201_2017.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2125/r202_2017.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2126/r203_2017.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2127/r204_2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2128/r205_2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2129/r206_2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2130/r207_2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2131/r208_2017.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2132/r209_2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2133/r210_2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2134/r211_2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2135/r212_2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2136/r213_2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2137/r214_2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2138/r215_2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2139/r217_2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2140/r218_2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2141/r219_2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2142/r220_2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2143/r222_2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2144/r223_2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2145/r224_2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2146/r225_2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2147/r226_2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2148/r227_2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2149/r228_2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2150/r229_2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2151/r230_2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2152/r231_2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2153/r232_2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2017/2154/r233_2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H224"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>