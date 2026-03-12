--- v0 (2026-01-22)
+++ v1 (2026-03-12)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>José Cláudio</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da taxa de religação pelas empresa de distribuição de energia elétrica e de serviços de abastecimento de água e saneamento e dá outras providências.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>Mª de Fátima</t>
   </si>
   <si>
     <t>Dispõe sobre o uso de adesivos de identificação nos veículos de serviço oficiais da Prefeitura e da Câmara Municipal de Itabaiana-PB e dá outras providências</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>Jânio</t>
   </si>
@@ -117,2031 +117,2031 @@
   <si>
     <t>Dispõe sobre a modificação na Estrutura Administrativa e Organizacional do Conselho Municipal de Educação de Itabaiana/PB.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Ensino de Itabaiana e dá outras providências.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2157/i001_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2157/i001_2018.pdf</t>
   </si>
   <si>
     <t>NDICAMOS ao Sr. Prefeito Municipal auscultado a Insigne Plenário, para que determine ao setor competente da Prefeitura, realizar estudo e providências no sentido de implantar um redutor de velocidade, tipo Lombada, na Rua Fernando Pessoa.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2158/i002_2018_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2158/i002_2018_2.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito que como um ato de homenagem aos serviços prestados pela Senhora Maria Jaíde de Sousa, Ex-Vereadora de nosso Município, seja dado nome à uma via pública e a um equipamento comunitário, para que sua memória permaneça viva entre nós.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2160/r002_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2160/r002_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PROFUNDO PESAR, pelo falecimento do Senhor Severino José Souza, no último dia 12 do mês de Janeiro, do corrente ano.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2161/r003_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2161/r003_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado a implantação nos contracheques dos servidores efetivos do Município que exercem atividades de risco, o direito concedido no Art. 72, Inciso VI da Lei Orgânica Municipal, que versa a respeito do adicional de remuneração para atividades consideradas penosas, insalubres ou perigosas.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2162/r004_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2162/r004_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado Saneamento Básico na rua que se localiza por trás da Rua José Pedro de Araújo, conhecida por Rua do Fogo, localizada no distrito de Guarita.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2163/r005_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2163/r005_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado por meio da Diretoria de Esportes e Lazer do Município, um Campeonato Municipal.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2164/r006_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2164/r006_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado por meio da Secretaria de Desenvolvimento Urbano, a pavimentação da Rua Roberval Sérvio, no Sítio Chã, nesta cidade.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2165/r007_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2165/r007_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado por meio da Secretaria de Desenvolvimento Urbano, a pavimentação de todas as ruas, localizadas no Loteamento Luiz Saraiva, nesta cidade.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2166/r008_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2166/r008_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado por meio da Secretaria de Desenvolvimento Urbano, a pavimentação do Alto José Maria Trigueiro, nesta cidade.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2167/r009_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2167/r009_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado por meio da Secretaria de Desenvolvimento Urbano, a terraplanagem de todas as estradas vicinais localizadas nesta cidade.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2168/r010_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2168/r010_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado por meio da Secretaria de Desenvolvimento Urbano, a pavimentação da Rua Margarida Maria Alves, no bairro Açude das Pedras, nesta cidade.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2169/r011_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2169/r011_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado por meio da Secretaria de Desenvolvimento Urbano, a pavimentação da Rua do Arame, no Conjunto Habitacional Dr. Aglair da Silva, nesta cidade.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2170/r012_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2170/r012_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE CONGRATULAÇÃO a Paróquia Nossa Senhora da Conceição em comemoração aos 115 (cento e quinze) anos da Igreja Matriz e criação da Paróquia.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2171/r013_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2171/r013_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que seja pago aos professores da rede municipal de ensino, salário equivalente ao novo piso salarial nacional fixado pelo Governo Federal através do Ministério da Educação, para o ano de 2018.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2172/r014_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2172/r014_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria Municipal de Desenvolvimento Urbano e controle Ambiental, a recuperação do calçamento e galeria da Rua José Dias de Oliveira, Bairro Açude das Pedras.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2173/r015_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2173/r015_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Diretor do DER que se digne de mandar construir dois redutores de velocidades (quebra mola) e quatro sonorizadores na PB - 054, sendo um antes e o outro depois da Bodega, nas imediações do Fórum.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2174/r016_2018_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2174/r016_2018_2.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Diretor do DER que se digne de Solicitar da Empresa que construiu a ponte do Canal Acauã/Araçagí na PB - 054, para fazer a correção de parte do asfalto que cedeu, no Povoado Lagoa do Rancho onde passa o canal.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2175/r017_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2175/r017_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Muncipal, que se digne de mandar a esta Casa Legislatura um Projeto de Lei, municipalizando o transito e Criando a ZONA AZUL do nosso Município - Estacionamento Público Rotativo Legalizado.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2176/r018_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2176/r018_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja destinado, dentro do pacote de obras, Mais Trabalho II, à construção de um Campo de Futebol em nossa cidade.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2177/r019_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2177/r019_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado ao setor competente, afim de que seja realizado o nivelamento das ruas localizadas no Conjunto Nova Itabaiana, devido às chuvas recentes, as mesmas encontram-se intransitáveis.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2178/r020_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2178/r020_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a pavimentação em paralelepípedos da rua localizada em frente ao Fórum Desembargador Almir Carneiro Fonseca.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2179/r021_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2179/r021_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a abertura da Rua Paraná, assim como, dentro das disponibilidades seja realizada a pavimentação da mesma.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2180/r022_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2180/r022_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado ao setor competente, afim de que seja realizado a pavimentação da Rua Otávio Joaquim da Silveira, nesta cidade.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2181/r023_2018_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2181/r023_2018_2.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada por meio da Secretaria de Desenvolvimento Urbano a limpeza da galeria localizada no Sítio Chã, nesta cidade.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2182/r024_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2182/r024_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada por meio da Secretaria de Desenvolvimento Urbano a limpeza dos canais localizados nas Ruas 13 de Maio e Justiniano de Carvalho.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2183/r025_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2183/r025_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada por meio da Secretaria de Desenvolvimento Urbano a limpeza das galerias fluviais, localizadas no Centro da Cidade.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2184/r026_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2184/r026_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE CONGRATULAÇÃO à Renovação Carismática Católica de Itabaiana - PB pela realização do Retiro de Carnaval, que ocorreu entre os dias 10 e 13 de Fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2185/r027_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2185/r027_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro, na forma regimental, a realização de uma audiência pública, em data e horário a definir, para debater a respeito da Contribuição de Iluminação Pública (CIP).</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2186/r028_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2186/r028_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE REPÚDIO ao Secretário Executivo de Mobilidade Urbana , Emilson José de Souza, contra o tratamento oferecido aos Senhores Leonardo Rocha Lima e Lúcio Flavio de Almeida Lima, durante o período carnavalesco.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2187/r029_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2187/r029_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado convênio com o Governo do Estado da Paraíba, afim de que seja realizado o afastamento do centro da nossa cidade.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2188/r030_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2188/r030_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja a conclusão da Praça localizada no Bairro Açude das Pedras, onde seria instalada a Academia da Saúde e que seja construída uma Praça com Academia da Saúde no Conjunto Habitacional Dr. Aglair da Silva.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2189/r031_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2189/r031_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro da Senhora Secretária Estadual de Saúde que se digne de determinar a fazerem a restruturação do Hospital Regional Sebastião Rodrigues de Melo, com as implantações dos serviços de UTI: Unidade de Terapia Intensiva, Ortopedia, Ampliação de Leitos e acessibilidade.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2190/r032_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2190/r032_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que se digne de mandar a esta Casa Legislatura um Projeto de Lei, dando isenção da Taxa de Renovação de Alvará para Taxista e Moto-taxi, para o próximo ano, desde que regularmente filiado a uma instituição sindical da categoria, como determina o Artigo 56, Inciso XXXVII da Lom - Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2192/r033_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2192/r033_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de Desenvolvimento Urbano que seja recuperado a Galeria da Rua Edwirgem Soares de Sá Régis, por trás do Somopinha.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2191/r034_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2191/r034_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de Desenvolvimento Urbano e Controle Ambiental, a construção da pavimentação e galeria da Rua Maria do Carmo Pessoa Amaral, Centro, atrás da Sede dos Trabalhadores.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2193/r035_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2193/r035_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a manutenção do redutor de velocidades, localizado na Rua Santa Rita, nas imediações do Mercadinho Barbosa pertencente ao Carlos.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2194/r036_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2194/r036_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a construção de um redutor de velocidade na Rua Pingolença, conhecida como Rua dos Patos.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2195/r037_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2195/r037_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO, ao 8ª Batalhão de Polícia Militar, na pessoa do seu Comandante e de todos os Policiais Militares, assim como 9° Delegacia Seccional em Itabaiana, na pessoa do Delegado e de todos os Policiais Civis, envolvidos na operação em conjunto, realizada no último sábado, onde apreenderam mais de uma tonelada de entorpecente.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2196/r038_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2196/r038_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado apelo à 12ª GRE, no sentido de que seja disponibilizado ônibus escolares para levarem os alunos menores, juntamente com suas mães, que residem no Bairro do Açude das Pedras até o Colégio Estadual, onde atualmente abriga os alunos das escolas Professor Maciel e João Fagundes de Oliveira, tendo como ponto de apoio a Praça Epitácio pessoa.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2197/r039_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2197/r039_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado por meio do setor competente a construção de um redutor de velocidades na Rua Minervino Alves de Oliveira, nesta Cidade.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2198/r040_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2198/r040_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado ao setor competente, afim de que seja realizado a pavimentação e saneamento básico das vias públicas existentes no Conjunto Adauto Pereira, localizado no Distrito de Campo Grande.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2199/r041_2018_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2199/r041_2018_2.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE CONGRATULAÇÃO em comemoração ao aniversário da Igreja Ágape.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2200/r042_2018_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2200/r042_2018_2.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excetíssimo Prefeito Municipal a Criação da Secretaria Municipal de Politica para as Mulheres.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2201/r043_2018_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2201/r043_2018_2.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal ações emergências para reparar danos causados por fortes chuvas do último domingo. Solicito, ainda, assistência para famílias afetadas pelo temporal.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2202/r044_2018_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2202/r044_2018_2.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a construção do calçamento e galeria da Rua 7 (sete) de Novembro. No Bairro José Bandeira Junior.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2203/r045_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2203/r045_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado à esta Casa, os motivos pelos quais, as Creches Municipais não estão em funcionamento, em especial, a Creche localizada no Brejinho.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2204/r046_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2204/r046_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhado ao meu Gabinete Legislativo com cópias para esta Casa, as cópias de todas as Notas Fiscais, Empenhos, Cópias de Cheque e/ou Comprovantes de Transferências Bancárias.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2205/r047_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2205/r047_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada por meio da Secretaria de Desenvolvimento Urbano que seja construída uma praça no Distrito de Guarita, nesta cidade.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2206/r048_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2206/r048_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE CONGRATULAÇÃO à Senhora Isabela Bandeira dos Anjos pelo lançamento do Livro "Por ser Amor".</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2207/r049_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2207/r049_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE REPUDIO a Prefeitura Municipal de Itabaiana contra o tratamento oferecido, por parte de funcionários municipais, ao Radialista Geraldo Alves de Oliveira , na última quarta-feira (07/03), durante uma cobertura jornalística sobre o transporte universitário municipal.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2208/r050_2018_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2208/r050_2018_2.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizado a limpeza de todas as ruas do Distrito de Guarita, em formato de mutirão.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2209/r051_2018_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2209/r051_2018_2.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a pavimentação das ruas localizadas no Bairro Alto Professor Maciel.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2210/r052_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2210/r052_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a recuperação do calçamento e galerias das Ruas: Vereador Luiz Martins de Carvalho e José Luciano Araujo Costa.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2211/r053_2018_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2211/r053_2018_2.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a construção da pavimentação e galeria da Rua Maria do Carmo Pessoa Amaral, Centro, atrás da Sede dos Trabalhadores.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2212/r054_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2212/r054_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano, que seja realizada a manutenção de um esgoto que está ao céu aberto na Rua Odilon Otávio de Oliveira, haja vista que a mais de 40 anos existe este problema.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2213/r055_2018_3.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2213/r055_2018_3.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada uma ação de emissão de documentos em nossa cidade, assim como está sendo realizada em outras cidades do estado.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2214/r056_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2214/r056_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal a criação da Secretaria Municipal de Politicas para Mulheres.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2215/r057_2018_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2215/r057_2018_2.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano, afim de que seja realizado a construção do calçamento da Rua Santa Cecília , localizada por trás da oficina de João Batista, próxima ao canal 13 de maio - centro.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2216/r058_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2216/r058_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que junto a Secretaria de Desenvolvimento Urbano, seja colocada a tubulação em manilha na Rua Vereador João Quirino Neto no Distrito de Campo Grande.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2217/r060_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2217/r060_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que em parceria com o Governo Federal seja realizada a construção da Creche, localizada no Distrito de Campo Grande.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2218/r061_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2218/r061_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, que seja recuperado calçamento e Galeria da Rua 05 de Julho, bairro Botafogo.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2219/r062_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2219/r062_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que se digne de solicitar junto ao Ministério da Saúde, uma academia de Saúde para ser construída e implantada no Bairro Jucurí.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2220/r063_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2220/r063_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a Recuperação da Ponte da Rua Santa Cecília, por trás do Saldão Maravilha.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2221/r064_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2221/r064_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a conclusão do calçamento  e galeria da Rua Heroína Maria Cleide, Centro da cidade.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2222/r065_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2222/r065_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a conclusão do calçamento e galeria da Rua Severino Mendes da Cruz, Bairro Alto Alegre.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2223/r066_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2223/r066_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado ao setor competente, afim de que seja realizada a limpeza e dragagem do canal localizado no conjunto José Lins do Rego, nesta Cidade.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2224/r067_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2224/r067_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado ao setor competente, afim de que seja realizada a pavimentação da Rua Clidenor Félix de Almeida, no Alto Alegre.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2225/r068_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2225/r068_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal que, através da Secretaria Municipal de Desenvolvimento Humano e Social, sejam fornecidos incentivos aos esportistas de fisiculturismo, que representem o município de Itabaiana em competições oficiais no território nacional ou no exterior, para assistência no custeio das despesas com transporte, estada, alimentação e/ou pagamento de taxa de inscrição relacionada às referidas competições.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2226/r070_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2226/r070_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja feito a extensão da rede de abastecimento d'água até a Comunidade denominada Porto da Canoa, que fica próximo ao Distrito de Guarita.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2227/r072_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2227/r072_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, a elaboração do Plano de Cargos, Carreira e Remuneração dos profissionais da saúde (PCCR).</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2228/r073_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2228/r073_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE CONGRATULAÇÃO pelo 3° aniversário da Banda de Música Pentecostal Hefzibá da Igreja Evangélica Assembleia de Deus em Itabaiana - PB.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2229/r074_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2229/r074_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Excelentíssimo Senhor Presidente desta Casa, que seja estudada a viabilidade de disponibilizar recursos, a fim de enviar no mínimo dois vereadores aos Congressos/Seminários, afim de que os mesmos venham adquirir conhecimento.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2230/r075_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2230/r075_2018.pdf</t>
   </si>
   <si>
     <t>Estamos requerendo a convocação da Senhora Soraia Galdino - Secretária Municipal de Saúde, com objetivo de prestar esclarecimento a esta casa legislativa, referente: as Unidades de Saúde, Samu, Material Gráfico, Medicamentos e Quantidade de Profissionais médicos e outros inerentes a Saúde. Com data e horário a ser definido.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2231/r076_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2231/r076_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a recuperação do calçamento e galeria da Rua dos Ferroviários, centro da cidade.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2232/r077_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2232/r077_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a recuperação do calçamento e galeria da Rua Henedina Helena, Centro da cidade.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2233/r078_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2233/r078_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a recuperação do calçamento e galeria da Rua Severino Araújo, centro da cidade.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2234/r079_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2234/r079_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Prefeito Municipal que a Secretaria de Saúde mande explicações porque os postos âncoras, o de Jureminha e o Alto da Boa Esperança, não estão funcionando.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2235/r080_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2235/r080_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, a instalação de pontos de acesso à internet Wi-Fi de uso gratuito.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2236/r081_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2236/r081_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que solicite da CAGEPA agilidade no fechamento de todos os buracos feitos por ela nas ruas desta Cidade.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2237/r082_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2237/r082_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, o fornecimento da carteira de estudante aos alunos matriculados na rede de ensino público de Itabaiana - PB.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2238/r083_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2238/r083_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Excelentíssimo Senhor Corregedor-Geral do Tribunal de Justiça da Paraíba, que seja instalado um posto do Cartório de Registro Civil no Hospital Sebastião Rodrigues de Melo, na Cidade de Itabaiana - PB, assim, como contribuindo a economia de tempo e comodidade para a família do bebê e a garantia de que a criança-cidadão terá seu primeiro documento.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2239/r084_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2239/r084_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor diretor superintendente do DER, que seja realizada a terraplanagem na localidade do Conjunto Habitacional Doutor Aglair da Silva (Brejinho), afim de que seja construída uma quadra poliesportiva, na mesma localidade. De mesmo modo, que seja realizada a terraplanagem em Maracaípe (Margens Direita e Esquerda) e nas ruas Adilene Monteiro de Melo e Odilon Felipe da Fônseca. Haja vista, que os veículos que transportam os alunos para à Escola Cidadã Integral de Itabaiana e para a Escola Professor Maciel, não estão conseguindo acessar estas localidades.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2240/r085_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2240/r085_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito Municipal que através da Secretaria de Desenvolvimento Urbano e Controle Ambiental seja feito a recuperação da Praça 24 de maio, que fica ao lado da Igreja Matriz.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2241/r086_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2241/r086_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a recuperação dos calçamentos e galerias das Ruas Jair Pereira de Melo e Padre Ibiapina, Centro da Cidade.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2242/r087_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2242/r087_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a Construção das mesas e Bancos da Praça Epitácio Pessoa, para prática de Dominó, Damas e Xadrez.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2243/r088_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2243/r088_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a recuperação do calçamento e galeria da Praça Venâncio Neiva, Centro da cidade.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2244/r089_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2244/r089_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a recuperação do calçamento e galeria da Rua José Felix de Almeida, Centro da Cidade.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2245/r090_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2245/r090_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor diretor Superintendente do DER Carlos Pereira Carvalho um redutor de velocidade na PB 054, na Avenida Geraldo Pedro da Silva em frente ao IFPB, na entrada para o Hospital Regional.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2246/r091_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2246/r091_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja feito o roço de ambos os lados da PB 082 do trecho que liga Itabaiana a Cidade de Mogeiro.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2247/r092_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2247/r092_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Voto de Aplauso ao empresário Isaías do Mercadinho, que recentemente realizou um investimento na área de recreação e lazer em nossa cidade, construindo um Campo de Futebol Society.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2248/r093_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2248/r093_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que o senhor Preito envie a esta Casa Legislativa Projeto de Lei concedendo "auxilio aluguel" as mulheres vitimas de violência domestica, afim de garantir que as mesmas tenham onde ir com os filhos.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2249/r094_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2249/r094_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, através da Diretoria de trânsito seja feita a faixa de pedestre nas imediações do cruzamento da Rua Fernando Pessoa com a Avenida José Silveira do lado da Farmácia Ifarma e a antiga Casa do Vaqueiro.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2250/r095_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2250/r095_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a manutenção da Rodovia PB - 054, nas imediações do Ministério do Trabalho nesta Cidade, onde se abriu uma cratera no asfalto.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2251/r096_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2251/r096_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a recuperação dos calçamentos e galerias da Rua José Paulo de Lucena, Bairro Açude das Pedras.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2252/r097_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2252/r097_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria de Desenvolvimento Urbano e Controle Ambiental, a recuperação dos calçamentos e galerias da Rua Otavio Joaquim da Silveira, Bairro José Bandeira Junior.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2253/r098_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2253/r098_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal a regularização do pagamento dos direitos dos servidores públicos municipais, em relação à remuneração de um terço a mais do que o salário normal no período de gozo de férias e o adicional por tempo de serviço pago na base de um por cento por anuênio de efetivo exercício. Em consonância com os incisos VIII e IX, do Artigo 72 da Lei Orgânica Municipal, que versa sobre os direitos dos Servidores Públicos.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2254/r099_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2254/r099_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que sejam encaminhadas cópias dos demonstrativos de arrecadação da Contribuição de Iluminação Pública, entre Janeiro e Abril do corrente ano; Relatórios dos valores arrecadados com a feira livre da cidade, com taxas de embarque no Terminal Rodoviário, com o IPTU, ISS e Alvarás, entre Janeiro de 2017 e Abril de 2018.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2255/r100_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2255/r100_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO, a Academia de Cordel do Vale do Paraíba, sediada em Itabaiana, pela sua atuação em prol da difusão da literatura de cordel e outras manifestações culturais nordestinas.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2256/r101_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2256/r101_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a recuperação do trecho da rodovia que inicia no giradouro da PB 054 ao lado da residência do D.E.R e termina no giradouro da rodovia PB 066 inicio da ponte nova, conhecida como Avenida Brasil, que seja também construído dois redutores de velocidade, sendo um / antes e outro depois da entrada para o loteamento Alta vista II e Rua José Hermano Guerra (conhecido como condomínio dos / chalés).</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2257/r102_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2257/r102_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Senhor diretor superintendente do DER Carlos Pereira Carvalho que através da Gerência do DER de Itabaiana - PB, venha fazer o reparo que liga Itabaiana à Juripiranga, e de Itabaiana à Boqueirão.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2258/r103_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2258/r103_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PROFUNDO PESAR, pelo falecimento do Deputado Federal Rômulo José de Gouveia, que faleceu no dia 13 deste mês na cidade de Campina Grande.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2259/r104_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2259/r104_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que a Diretora do Hospital Regional de Itabaiana Sebastião Rodrigues de Melo contrate médico buco-maxilo facial para prestar serviço à população da região.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2260/r105_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2260/r105_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Poder Executivo que através da secretaria da SEDUC fazer a manutenção do calçamento no Conjunto Habitacional Sivuca, o qual é o único loteamento calçado.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2261/r106_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2261/r106_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Poder Executivo que venha estudar um projeto para que os moto-táxis tenha um ponto com a mínima estrutura para que possa trabalhar com boas condições.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2262/r107_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2262/r107_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Diretor presidente que se digne de mandar concluir o Serviço da tubulação do sistema de abastecimento de água que passa por cima da Ponte Prefeito Severino Ramos da Silva, que a PB- 054 ao Centro da cidade</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2263/r108_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2263/r108_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro a casa Voto de Congratulações para a primeira Igreja Batista em Itabaiana e o seu Pastor Adriano pelo evento que ocorrerá no período de 31/05 a 02/06, do corrente ano, ocasião que acontecerá a Convenção Batista Paraibana.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2264/r109_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2264/r109_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Diretor presidente que se digne de tomar as providencias cabíveis referente à rede de fornecimento de água, do Bairro José Justino de Paiva - Antigo Alto Professor Maciel</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2265/r110_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2265/r110_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de Desenvolvimento Urbano e Controle Ambiental, a recuperação do calçamento e galeria da Rua Maria do Carmo Luna.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2268/r111_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2268/r111_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro a casa Voto de Congratulações para a Igreja Evangélica Assembleia de Deus em Itabaiana e o seu Pastor Jaime Aquino pelas realizações no período de 22 a 25 de junho do corrente ano, o aniversário de 69 anos do Circulo da Oração, como também o 19° Congresso do USEADI - União de Senhoras da Igreja Evangélica Assembleia de Deus em Itabaiana.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2269/r112_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2269/r112_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro a casa Voto de Congratulações para a Igreja Evangélica Assembleia de Deus Hosana o Rei em Itabaiana e o seu Pastor Wolace Oliveira pela realização do evento que ocorreu no período de 27 a 29 de julho do corrente ano, em comemoração ao 10° aniversário da referida Igreja.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2270/r113_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2270/r113_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de Desenvolvimento Urbano e Controle Ambiental, a conclusão do calçamento e galeria da Rua Severino Mendes da Cruz, Bairro Alto Alegre.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2271/r114_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2271/r114_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de Desenvolvimento Urbano e Controle Ambiental, a retirada de resíduos sólidos e matos na Rua Manoel Barbosa de Andrade, e que, no local seja construída uma calçada.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2272/r115_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2272/r115_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, o pagamento dos salários dos servidores municipais até o quinto dia útil do mês subsequente ao vencido, a fim de evitar prejuízo financeiro aos servidores municipais que tiveram suas contas pessoais atrasadas.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2273/r116_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2273/r116_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviada MOÇÃO DE APLAUSO, ao Reverendíssimo Senhor Dorgival Vicente Ferreira, em reconhecimento aos serviços prestados à cidade de Itabaiana-PB durante os seus 12 (doze) anos dedicados à Paróquia Nossa Senhora da Conceição.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2274/r117_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2274/r117_2018.pdf</t>
   </si>
   <si>
     <t>Solicito junto ao Governo Municipal a concessão de gratificação para ajuda de custo com transporte aos Agentes Comunitários de Saúde - ACS e Agentes de Combate as Endemias - ACE, que desempenham suas atividades nas Zonas Rurais e Urbanas do nosso município.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2275/r118_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2275/r118_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PESAR pelo falecimento Sargento Mauricio da Polícia Militar ocorrido no dia 29 de julho de 2018.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2276/r120_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2276/r120_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Sr. Prefeito Municipal, auscultado o Insigne Plenário, para que determine ao setor competente da Prefeitura, realizar implantação de um redutor de velocidade, tipo Lombada, na Rua Alfredo Coutinho de Lira, em frente ao estabelecimento Açaí Gourmet, no Bairro Centro.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2277/r121_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2277/r121_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, a redução de 1% da alíquota do ISS para micro e pequenas empresas que contratarem mulheres vítimas de violência doméstica.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2278/r123_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2278/r123_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito Municipal que envie a esta Casa Projeto de Lei concedendo aos Agentes de Combate a Endemias uma gratificação no valor de R$ 80,00 (oitenta reais), fazendo jus do mesmo direito que os Agentes Comunitários de Saúde recebem.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2279/r124_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2279/r124_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado ao setor competente , a realização do serviço de reposição de lâmpadas na localidade de Lagoa do Rancho.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2280/r125_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2280/r125_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinado ao setor competente , a realização do serviço de terraplanagem na localidade de Riacho de Mogeiro.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2281/r126_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2281/r126_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que busque junto à Secretaria de Estado da Saúde, a instalação periódica do veículo móvel da Mamografia na cidade de Itabaiana - PB.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2282/r127_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2282/r127_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, a instalação de faixas de pedestres, placas de sinalização, inscrições e sinais luminosos, nas ruas de acesso as Avenidas Presidente João Pessoa e José Silveira.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2283/r128_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2283/r128_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro a Casa Moção de Aplauso para a Igreja Evangélica Assembleia de Deus e seu Pastor Jaime Aquino Duarte, pela implementação de uma Igreja no Conjunto Aglair da Silva.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2284/r129_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2284/r129_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro a Casa Moção de Aplauso para a Equipe do Motoclube Dragões Negros e ao seu Presidente José Carlos da Silva, pelo evento do 6° Bate e Volta que aconteceu neste domingo (26.08.2018) em nossa cidade.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2285/r130_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2285/r130_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de Desenvolvimento Urbano e Controle Ambiental, a limpeza de todas as Ruas e Avenidas, inclusive com retirada de matos e pinturas de meio fio.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2286/r131_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2286/r131_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Plenário uma Sessão Especial que se realizará às 20 horas, do dia 14 de setembro, do corrente ano, objetivo de comemoramos o aniversário de 100 anos de fundação da 1° Igreja Batista em Itabaiana.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2287/r132_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2287/r132_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro a casa Voto de Congratulações para a 1° Igreja Batista Em Itabaiana pela realização do evento que ocorrerá no período de 18 a 23 de setembro do corrente ano, em comemoração ao aniversário de 100 anos de referida Igreja.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2288/r133_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2288/r133_2018.pdf</t>
   </si>
   <si>
     <t>Solicito a criação de espaço para acolhimento de idosos em situação de abandono no município de Itabaiana - PB.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2289/r134_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2289/r134_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Governo do Estado da Paraíba, por meio da Secretaria de Estado da Saúde, a reabertura do Hemonúcleo que integra o complexo hospitalar do Regional de Itabaiana - PB.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2295/r135_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2295/r135_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja feito uma fiscalização na Praça de taxi no sentido de proibir veículos que não estão legalizados a prestar tal serviço, como carro de aluguel. Este apelo se prende a pedidos dos taxistas que estão sendo prejudicados por esse invasores.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2290/r136_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2290/r136_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PROFUNDO PESAR pelo falecimento do Senhor Félix Rodrigues Filho, que faleceu  no último sábado (08), nesta cidade.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2291/r137_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2291/r137_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de desenvolvimento Urbano e controle Ambiental, a colocação de trilhos de ferro, no final da Rua Severino Rodrigues de Almeida (Severino Duré).</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2292/r138_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2292/r138_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Voto de Aplauso para a Igreja Evangélica Assembleia de Deus em Itabaiana e a Banda Hefzibá, pela participação do Desfile cívico de 07 de setembro, realizado pela prefeitura municipal de Itabaiana.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2293/r139_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2293/r139_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria Municipal de desenvolvimento Urbano e controle Ambiental, a construção de um redutor de velocidade (quebra molas), na Rua Floriano Peixoto, Em frente a Escola Dom Bosco e a 1° Igreja Batista.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2294/r140_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2294/r140_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao poder executivo que venha fazer um convênio com o Governo do Estado, para ser implantado a Casa da Cidadania Regional, para atender a necessidade da nossa população.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2296/r141_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2296/r141_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PESAR pelo falecimento do senhor José Severino da Rocha Filho ocorrido no dia 11 de setembro de 2018.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2297/r142_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2297/r142_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PROFUNDO PESAR pelo falecimento da Senhora Lorena de Moraes Maroja Guedes, que faleceu na última sexta-feira (14).</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2298/r143_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2298/r143_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que através da Secretaria Municipal de desenvolvimento Urbano e Controle Ambiental faça com que a Rua Quintino Bocaiúva seja desobstruída a passagem pela linha férrea podendo ter acesso direto de veículos e pedestres iniciando na Avenida Presidente João Pessoa ao lado da Karol Calçados até a Rua Floriano Peixoto.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2299/r144_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2299/r144_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Poder Executivo que envie os nomes de todas as empresas que ganharam as licitações neste município de Itabaiana - PB.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2300/r145_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2300/r145_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito Municipal que através da Secretaria Municipal da Saúde mobilize uma campanha "outubro rosa", no sentido de conscientizar a população sobre a prevenção do câncer, distribuindo panfletos, divulgação através de carro de som e rádios e porta a porta pelas ruas da cidade e zona rural.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2301/r146_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2301/r146_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviada MOÇÃO DE APLAUSO à Associação Cultural Memória Viva, em reconhecimento pela realização do II Seminário de Educação Patrimonial do Vale do Paraíba, que ocorreu na última sexta-feira (28), nesta cidade.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2302/r147_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2302/r147_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro  do Excelentíssimo Prefeito Municipal, que faça uma parceria com o Grupamento de Bombeiro Civis Alfa Chamas, para implantação do Curso de "Atendimento Pré-Hospitalar (APH) nas Escolas", com 20:00 horas semanais de aulas, ficando o Município na responsabilidade de custear despesas com transporte de professores do curso.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2303/r148_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2303/r148_2018.pdf</t>
   </si>
   <si>
     <t>Solicito estudos para criação de atendimento veterinário gratuito no município de Itabaiana - PB.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2304/r149_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2304/r149_2018.pdf</t>
   </si>
   <si>
     <t>Solicito a viabilidade de um convênio para que os  idosos do município de Itabaiana - PB possam praticar hidroginástica acompanhada por profissionais capacitados.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2305/r151_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2305/r151_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretária Municipal de desenvolvimento Urbano e controle Ambiental, a construção do calçamento da parte externa e interna do cemitério público de Guarita.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2306/r152_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2306/r152_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Excelentíssimo Prefeito Municipal, que determine a Secretaria Municipal de desenvolvimento Urbano e controle Ambiental, realizar uma reforma no campo de pelada da localidade Manoel de Matos, inclusive substituindo as traves existentes por trave de ferro galvanizado.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2307/r153_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2307/r153_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSO a todos os Professores da rede municipal de ensino, da rede estadual e escolas particulares, pela passagem do dia do professor, comemorando anualmente no dia 15 de outubro.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Rodrigo R.</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2308/r154_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2308/r154_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Presidente da Câmara Municipal de Itabaiana que os Projetos de Leis apresentados pelos Vereadores, sejam analisados, discutidos e votados no prazo máximo de 60 (sessenta) dias, a contar da data de recebido na Sessão.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Suelyo R.</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2309/r155_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2309/r155_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada à Secretaria Municipal de Desenvolvimento Urbano, que seja realizada a coleta de resíduos na comunidade de Alto da Boa Esperança.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2310/r156_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2310/r156_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada à Secretaria Municipal de Desenvolvimento Urbano, que seja realizada a coleta de resíduos na comunidade de Cajazeiras.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2311/r157_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2311/r157_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada à Secretaria Municipal de Desenvolvimento Urbano, que seja realizada a perfuração de Poço Artesiano na localidade de Maracaípe.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2312/r158_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2312/r158_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada à Secretaria Municipal de Desenvolvimento Urbano, que seja realizada a limpeza dos canais que cortam a Rua 13 de Maio e adjacências.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2313/r159_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2313/r159_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a implantação do sistema de abastecimento de águas por meio de tubulação na comunidade de Maracaípe.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2314/r160_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2314/r160_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada uma Sessão Especial, afim de que seja debatido sobre a criação de uma Organização Não-Governamental dos Animais, a data será definida posteriormente.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>José Ubiratan</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2315/r161_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2315/r161_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada à Secretaria Municipal de Desenvolvimento Urbano e controle Ambiental, realizarem a recuperação dos calçamentos das Ruas: Antônio Petronilo Cavalcanti e Belo Horizonte.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2316/r162_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2316/r162_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada à Secretaria Municipal de Desenvolvimento Urbano e controle Ambiental, realizarem a recuperação do calçamento da Rua Eulâmpio Mariz.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2317/r163_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2317/r163_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE PROFUNDO PESAR pelo falecimento do Senhor Luis Francisco de Sales, conhecido popularmente como Luis da Pedra, que faleceu no último dia 23 (vinte e três) de Outubro do corrente ano, em João Pessoa - PB.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2318/r164_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2318/r164_2018.pdf</t>
   </si>
   <si>
     <t>Solicito a Implantação dos Jogos Escolares no município de Itabaiana -PB.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2319/r165_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2319/r165_2018.pdf</t>
   </si>
   <si>
     <t>Solicito a inclusão do ensino de música nas grades curriculares em todas as escolas públicas do Município, de acordo com a Lei Federal n°11.769/2008.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2320/r166_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2320/r166_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada parceria com a empresa de telecomunicações UnidasNet, no sentido de que seja instalado câmeras em locais estratégicos de nossa cidade, haja vista, que a mesma está oferecendo o serviço de monitoramento (UnidasSeg), visando o bem comum.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2321/r167_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2321/r167_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Diretor presidente que se digne de tomar as providências cabíveis referente à falta de água no município de Itabaiana.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2322/r168_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2322/r168_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja determinada à Secretaria Municipal de Desenvolvimento Urbano e controle Ambiental, a realizar uma operação tapa buraco na Rua Dr. Napoleão Laureano.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2323/r169_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2323/r169_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Diretor presidente que se digne de tomar as providências cabíveis referente a substituição da rede de fornecimento de água, com cano de amianto das principiais Ruas de Itabaiana.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2324/r170_2018.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2324/r170_2018.pdf</t>
   </si>
   <si>
     <t>Requeiro do Senhor Diretor que se digne de tomar as providencias cabíveis referente a falta de água no município de Itabaiana.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Voto de Congratulação à Igreja Ágape pela realização da Marcha para Jesus, ocorrida no último dia 10 de Novembro.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Voto de Congratulação à Missão Dinamus pela realização da Conferência de Mulheres Virtuosas, realizada no último domingo (18/11).</t>
   </si>
   <si>
     <t>328</t>
   </si>
@@ -2583,67 +2583,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2157/i001_2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2158/i002_2018_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2160/r002_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2161/r003_2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2162/r004_2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2163/r005_2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2164/r006_2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2165/r007_2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2166/r008_2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2167/r009_2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2168/r010_2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2169/r011_2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2170/r012_2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2171/r013_2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2172/r014_2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2173/r015_2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2174/r016_2018_2.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2175/r017_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2176/r018_2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2177/r019_2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2178/r020_2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2179/r021_2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2180/r022_2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2181/r023_2018_2.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2182/r024_2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2183/r025_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2184/r026_2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2185/r027_2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2186/r028_2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2187/r029_2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2188/r030_2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2189/r031_2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2190/r032_2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2192/r033_2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2191/r034_2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2193/r035_2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2194/r036_2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2195/r037_2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2196/r038_2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2197/r039_2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2198/r040_2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2199/r041_2018_2.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2200/r042_2018_2.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2201/r043_2018_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2202/r044_2018_2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2203/r045_2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2204/r046_2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2205/r047_2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2206/r048_2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2207/r049_2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2208/r050_2018_2.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2209/r051_2018_2.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2210/r052_2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2211/r053_2018_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2212/r054_2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2213/r055_2018_3.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2214/r056_2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2215/r057_2018_2.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2216/r058_2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2217/r060_2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2218/r061_2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2219/r062_2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2220/r063_2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2221/r064_2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2222/r065_2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2223/r066_2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2224/r067_2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2225/r068_2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2226/r070_2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2227/r072_2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2228/r073_2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2229/r074_2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2230/r075_2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2231/r076_2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2232/r077_2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2233/r078_2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2234/r079_2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2235/r080_2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2236/r081_2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2237/r082_2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2238/r083_2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2239/r084_2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2240/r085_2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2241/r086_2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2242/r087_2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2243/r088_2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2244/r089_2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2245/r090_2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2246/r091_2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2247/r092_2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2248/r093_2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2249/r094_2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2250/r095_2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2251/r096_2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2252/r097_2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2253/r098_2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2254/r099_2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2255/r100_2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2256/r101_2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2257/r102_2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2258/r103_2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2259/r104_2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2260/r105_2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2261/r106_2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2262/r107_2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2263/r108_2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2264/r109_2018.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2265/r110_2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2268/r111_2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2269/r112_2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2270/r113_2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2271/r114_2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2272/r115_2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2273/r116_2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2274/r117_2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2275/r118_2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2276/r120_2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2277/r121_2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2278/r123_2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2279/r124_2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2280/r125_2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2281/r126_2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2282/r127_2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2283/r128_2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2284/r129_2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2285/r130_2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2286/r131_2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2287/r132_2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2288/r133_2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2289/r134_2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2295/r135_2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2290/r136_2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2291/r137_2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2292/r138_2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2293/r139_2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2294/r140_2018.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2296/r141_2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2297/r142_2018.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2298/r143_2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2299/r144_2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2300/r145_2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2301/r146_2018.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2302/r147_2018.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2303/r148_2018.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2304/r149_2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2305/r151_2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2306/r152_2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2307/r153_2018.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2308/r154_2018.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2309/r155_2018.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2310/r156_2018.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2311/r157_2018.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2312/r158_2018.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2313/r159_2018.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2314/r160_2018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2315/r161_2018.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2316/r162_2018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2317/r163_2018.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2318/r164_2018.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2319/r165_2018.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2320/r166_2018.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2321/r167_2018.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2322/r168_2018.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2323/r169_2018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2324/r170_2018.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2157/i001_2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2158/i002_2018_2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2160/r002_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2161/r003_2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2162/r004_2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2163/r005_2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2164/r006_2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2165/r007_2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2166/r008_2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2167/r009_2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2168/r010_2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2169/r011_2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2170/r012_2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2171/r013_2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2172/r014_2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2173/r015_2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2174/r016_2018_2.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2175/r017_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2176/r018_2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2177/r019_2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2178/r020_2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2179/r021_2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2180/r022_2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2181/r023_2018_2.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2182/r024_2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2183/r025_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2184/r026_2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2185/r027_2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2186/r028_2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2187/r029_2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2188/r030_2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2189/r031_2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2190/r032_2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2192/r033_2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2191/r034_2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2193/r035_2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2194/r036_2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2195/r037_2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2196/r038_2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2197/r039_2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2198/r040_2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2199/r041_2018_2.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2200/r042_2018_2.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2201/r043_2018_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2202/r044_2018_2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2203/r045_2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2204/r046_2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2205/r047_2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2206/r048_2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2207/r049_2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2208/r050_2018_2.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2209/r051_2018_2.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2210/r052_2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2211/r053_2018_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2212/r054_2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2213/r055_2018_3.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2214/r056_2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2215/r057_2018_2.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2216/r058_2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2217/r060_2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2218/r061_2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2219/r062_2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2220/r063_2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2221/r064_2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2222/r065_2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2223/r066_2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2224/r067_2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2225/r068_2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2226/r070_2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2227/r072_2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2228/r073_2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2229/r074_2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2230/r075_2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2231/r076_2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2232/r077_2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2233/r078_2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2234/r079_2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2235/r080_2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2236/r081_2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2237/r082_2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2238/r083_2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2239/r084_2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2240/r085_2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2241/r086_2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2242/r087_2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2243/r088_2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2244/r089_2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2245/r090_2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2246/r091_2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2247/r092_2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2248/r093_2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2249/r094_2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2250/r095_2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2251/r096_2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2252/r097_2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2253/r098_2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2254/r099_2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2255/r100_2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2256/r101_2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2257/r102_2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2258/r103_2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2259/r104_2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2260/r105_2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2261/r106_2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2262/r107_2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2263/r108_2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2264/r109_2018.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2265/r110_2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2268/r111_2018.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2269/r112_2018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2270/r113_2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2271/r114_2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2272/r115_2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2273/r116_2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2274/r117_2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2275/r118_2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2276/r120_2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2277/r121_2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2278/r123_2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2279/r124_2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2280/r125_2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2281/r126_2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2282/r127_2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2283/r128_2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2284/r129_2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2285/r130_2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2286/r131_2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2287/r132_2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2288/r133_2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2289/r134_2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2295/r135_2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2290/r136_2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2291/r137_2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2292/r138_2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2293/r139_2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2294/r140_2018.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2296/r141_2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2297/r142_2018.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2298/r143_2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2299/r144_2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2300/r145_2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2301/r146_2018.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2302/r147_2018.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2303/r148_2018.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2304/r149_2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2305/r151_2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2306/r152_2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2307/r153_2018.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2308/r154_2018.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2309/r155_2018.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2310/r156_2018.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2311/r157_2018.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2312/r158_2018.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2313/r159_2018.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2314/r160_2018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2315/r161_2018.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2316/r162_2018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2317/r163_2018.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2318/r164_2018.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2319/r165_2018.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2320/r166_2018.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2321/r167_2018.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2322/r168_2018.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2323/r169_2018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2018/2324/r170_2018.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H184"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>