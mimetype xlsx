--- v0 (2026-01-22)
+++ v1 (2026-03-15)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CCJR - Comissão de Constituição, Justiça, Redação e Legislação Participativa</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Parecer terminativo da Comissão de Constituição, Justiça, Redação e Legislação Participativa, face ao Medida Provisória Nº 001/2025 que Dispõe sobre a Estrutura Organizacional da Administração Direta e Indireta do Poder Executivo Municipal de Itabaiana/PB, revoga a Lei Municipal 804/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Parecer terminativo da Comissão de Constituição, Justiça, Redação e Legislação Participativa, face ao Projeto de Lei Complementar Nº 003/2025 que Altera o artigo 205 do Código Tributário Municipal de Itabaiana e dá outras providências.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Parecer terminativo da Comissão de Constituição, Justiça, Redação e Legislação Participativa, face ao Projeto de Lei Ordinária Nº 743/2025 que Dispõe sobre o Conselho Municipal de Saúde de Itabaiana-PB, define sua composição e atribuições, com base nas recomendações da Resolução nº. 453 de 10/05/2012 do Conselho Nacional de Saúde, revoga a Lei Municipal nº 294/1996 e adota outras providências.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
@@ -156,2636 +156,2636 @@
   <si>
     <t>Parecer terminativo face ao Projeto de Lei Ordinária 750/2025, que Dispõe sobre a criação do projeto Escola protegida com a instalação de câmeras de segurança nas escolas públicas municipais.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Parecer terminativo face ao Projeto de Lei Ordinária 755/2025, que Dispõe sobre a denominação do Campo Municipal de Futebol e dá outras providências.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Medida Provisória</t>
   </si>
   <si>
     <t>José Cláudio Chaves Cavalcante Neto</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2822/ilovepdf_merged.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2822/ilovepdf_merged.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Organizacional da Administração Direta e Indireta do Poder Executivo Municipal de Itabaiana/PB, revoga a Lei Municipal 804/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2776/plc_-_acss.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2776/plc_-_acss.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento dos Agentes Comunitários de Saúde – ACS e Agentes de Combate às Endemias (ACE) para o ano de 2025 em atendimento ao disposto na Emenda Constitucional 120 de 5 de maio de 2022, revoga a Lei Complementar 004 de 12 de julho de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2781/magisterio.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2781/magisterio.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento do piso salarial nacional ao magistério municipal de Itabaiana, modifica a Tabela de Remuneração do Magistério de Itabaiana, anexo do PCCR, e dá outras providências.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2819/oficio__-_pl_que_altera_o_art_205_do_codigo_tributario_municipal.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2819/oficio__-_pl_que_altera_o_art_205_do_codigo_tributario_municipal.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 205 do Código Tributário Municipal de Itabaiana e dá outras providências.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2777/fms.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2777/fms.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Fundo Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2778/cms.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2778/cms.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Saúde de Itabaiana-PB, define sua composição e atribuições, com base nas recomendações da Resolução nº. 453 de 10/05/2012 do Conselho Nacional de Saúde, revoga a Lei Municipal nº 294/1996 e adota outras providências.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2779/oficio_pmi_gp_037_2025-assinado1_1.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2779/oficio_pmi_gp_037_2025-assinado1_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial ao Orçamento do Município de Itabaiana exercício de 2025, e dá outras Providências.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2780/oficio_1004_-_pl_encaminhamento_de_projeto_de_lei_sobre_a_criacao_do_conselho_municipal_dos_direitos_da_populacao_lgbtqiap.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2780/oficio_1004_-_pl_encaminhamento_de_projeto_de_lei_sobre_a_criacao_do_conselho_municipal_dos_direitos_da_populacao_lgbtqiap.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Conselho Municipal dos Direitos da População LGBTQIAP+ de Itabaiana-PB e dá outras providências.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>João Pedro Lira</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2795/1_plo_2025_hino_municipal.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2795/1_plo_2025_hino_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre execução do hino nacional e municipal de Itabaiana/PB nas escolas públicas e privadas e da outras providências.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2800/oficiopmi_gp_049_2025-assinado.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2800/oficiopmi_gp_049_2025-assinado.pdf</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2820/projeto_de_lei_-_autorizacao_de_compra_de_imovel_para_o_municipio_-_2025_lirio_dos_vales.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2820/projeto_de_lei_-_autorizacao_de_compra_de_imovel_para_o_municipio_-_2025_lirio_dos_vales.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo, em nome do Município de Itabaiana, a adquirir a título oneroso o bem imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2821/projeto_de_lei_-servico_de_assistencia_juridica_municipal_no_ambito_do_municipio_de_itabaiana.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2821/projeto_de_lei_-servico_de_assistencia_juridica_municipal_no_ambito_do_municipio_de_itabaiana.pdf</t>
   </si>
   <si>
     <t>Institui o Serviço de Assistência Jurídica Municipal no âmbito do Município de Itabaiana, revoga a Lei Municipal 689/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>Carol de Segundo</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2828/projeto_de_lei_750_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2828/projeto_de_lei_750_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do projeto Escola protegida com a instalação de câmeras de segurança nas escolas públicas municipais.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>Cláudio Roberto</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2845/ilovepdf_merged_18.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2845/ilovepdf_merged_18.pdf</t>
   </si>
   <si>
     <t>Institui como Patrimônio Cultural e Imaterial a agremiação carnavalesca Bloco Zé Pereira e dá outras providências.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2847/oficio_pmi_gp_072_2025-mensagemcmi-assinado.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2847/oficio_pmi_gp_072_2025-mensagemcmi-assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial ao Orçamento do Município de ITABAIANA exercício de 2025, e dá outras Providências.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2863/cred_especial.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2863/cred_especial.pdf</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2873/ilovepdf_merged_58.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2873/ilovepdf_merged_58.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2026 e dá outras providências</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2874/projeto_de_lei_denomina_o_campo_de_futebol.docx_1.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2874/projeto_de_lei_denomina_o_campo_de_futebol.docx_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Campo Municipal de Futebol e dá outras providências.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2875/ilovepdf_merged_9.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2875/ilovepdf_merged_9.pdf</t>
   </si>
   <si>
     <t>Altera a formação do Conselho Municipal de Desenvolvimento do Meio Ambiente – CODEMA, Fundo Municipal de Meio Ambiente e cria a Taxa de Licenciamento Ambiental e adota outras providências.</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>Ronaldinho</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Proteção e Defesa dos Animais - CMPDA e criação do Fundo Municipal de Proteção e Defesa dos Animais e dá outras providências.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>Vinicius Pacheco</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2905/pl_vaquejada.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2905/pl_vaquejada.pdf</t>
   </si>
   <si>
     <t>Reconhece a Vaquejada e a Cavalgada como manifestações da cultura popular e patrimônio cultural imaterial do Município de Itabaiana-PB e dá outras providências.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>Fabiano do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2906/pl_medicamento_receita_privada.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2906/pl_medicamento_receita_privada.pdf</t>
   </si>
   <si>
     <t>Autoriza o fornecimento de medicamentos na rede pública de saúde do município de Itabaiana-PB, mediante receitas médicas prescritas na rede privada, e dá outras providências.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2907/oficio_pmi_gp_108_2025-mercado-creche_assinado.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2907/oficio_pmi_gp_108_2025-mercado-creche_assinado.pdf</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2919/oficio_pmi_gp_128_2025-mensagemcmi.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2919/oficio_pmi_gp_128_2025-mensagemcmi.pdf</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2922/pl_incentivo_financeiro_variavel_por_desempenho_na_portaria_gmms_no_3.493_denominado_componente_de_qualidade_na_atencao_primaria_a_saude_-_aps.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2922/pl_incentivo_financeiro_variavel_por_desempenho_na_portaria_gmms_no_3.493_denominado_componente_de_qualidade_na_atencao_primaria_a_saude_-_aps.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR O PAGAMENTO DO INCENTIVO FINANCEIRO VARIÁVEL POR DESEMPENHO NA PORTARIA GM/MS Nº 3.493 DENOMINADO COMPONENTE DE QUALIDADE NA ATENÇÃO PRIMÁRIA À SAÚDE - APS PARA AS EQUIPES DE SAÚDE BUCAL (eSB), EQUIPES DE SAÚDE DA FAMÍLIA (eSF), EQUIPE DE ATENÇÃO PRIMÁRIA (eAP) E EQUIPE MULTIPROFISSIONAL (eMULTI) E O PAGAMENTO DE MELHORIA DO ACESSO E DA QUALIDADE DO CENTRO DE ESPECIALIDADES ODONTOLÓGICA - PMAQ- CEO CICLO II, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2923/pl_-_cria_o_premio_boas_praticas_na_educacao_no_ambito_da_rede_publica_municipal_de_ensino_de_itabaiana_e_da_outras_providencias_revisado.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2923/pl_-_cria_o_premio_boas_praticas_na_educacao_no_ambito_da_rede_publica_municipal_de_ensino_de_itabaiana_e_da_outras_providencias_revisado.pdf</t>
   </si>
   <si>
     <t>CRIA O PRÊMIO “BOAS PRÁTICAS DA EDUCAÇÃO” NO ÂMBITO DA REDE PÚBLICA MUNICIPAL DE ENSINO DE ITABAIANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2924/pl_-_institui_o_programa_municipal_de_melhorias_habitacionais_morar_melhor_no_municipio_de_itabaiana-pb.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2924/pl_-_institui_o_programa_municipal_de_melhorias_habitacionais_morar_melhor_no_municipio_de_itabaiana-pb.pdf</t>
   </si>
   <si>
     <t>Institui o PROGRAMA MORAR MELHOR para famílias em situação de vulnerabilidade social no Município de Itabaiana e dá outras providências</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2928/001_projeto_de_lei_institui_o_programa_municipal_de_prevencao_a_adultizacao_infantil.docx.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2928/001_projeto_de_lei_institui_o_programa_municipal_de_prevencao_a_adultizacao_infantil.docx.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Prevenção à Adultização Infantil estabelece diretrizes para sua execução, define regras para eventos públicos e escolares e proíbe financiamento público de atividades que promovam a adultização de crianças, no âmbito do Município de Itabaiana/PB.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2929/002_projeto_de_lei_institui_a_semana_municipal_de_conscientizacao_e_prevencao_a_adultizacao_infantil.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2929/002_projeto_de_lei_institui_a_semana_municipal_de_conscientizacao_e_prevencao_a_adultizacao_infantil.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização e Prevenção à Adultização Infantil no Município de Itabaiana, a ser realizada anualmente no período de 6 a 12 de agosto, e dá outras providências.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>Arthur de Isaias</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2931/projeto_lei_car_fest.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2931/projeto_lei_car_fest.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Itabaiana, o evento denominado “Car Fest”, a ser realizado anualmente no primeiro domingo do mês de agosto, e dá outras providências.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2932/pl_-_autoriza_o_poder_executivo_municipal_a_incorporar_ao_patrimonio_publico_mediante_doacao_onerosa_o_imovel_pertencente_a_sociedade_mantenedora_do_hospital_regi.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2932/pl_-_autoriza_o_poder_executivo_municipal_a_incorporar_ao_patrimonio_publico_mediante_doacao_onerosa_o_imovel_pertencente_a_sociedade_mantenedora_do_hospital_regi.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a incorporar ao patrimônio público, mediante doação onerosa, o imóvel pertencente à Sociedade Mantenedora do Hospital Regional e Maternidade São Vicente de Paulo, condicionada à quitação de débitos trabalhistas na qualidade de terceiro interessado, e dá outras providências.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2933/pl_-_encaminhamento_de_projeto_de_lei__adicional_indenizatorio_a_servidores_requisitados_pela_justica_eleitoral.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2933/pl_-_encaminhamento_de_projeto_de_lei__adicional_indenizatorio_a_servidores_requisitados_pela_justica_eleitoral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de adicional indenizatório aos servidores públicos municipais requisitados pela Justiça Eleitoral, altera a Lei de Diretrizes Orçamentárias e o Plano Plurianual do Município de Itabaiana-PB, autoriza a abertura de crédito especial, e dá outras providências.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2935/vacinacao.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2935/vacinacao.pdf</t>
   </si>
   <si>
     <t>Institui o programa de vacinação domiciliar para pessoas com transtorno do espectro autista (TEA) no município de Itabaiana-PB e dá outras providências.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2936/campainhas.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2936/campainhas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição das campainhas sonoras convencionais por sistemas de aviso adaptados às necessidades de pessoas com Transtorno do Espectro Autista (TEA) nas instituições de ensino públicas e privadas do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2937/conselho.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2937/conselho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Políticas para Pessoas Neurodivergentes no âmbito do Município de Itabaiana-PB e dá outras providências.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2941/ilovepdf_merged_76.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2941/ilovepdf_merged_76.pdf</t>
   </si>
   <si>
     <t>Ratifica Protocolo de Intenções e participação deste Município no Consórcio Público Intermunicipal para Implantação e Gestão da Casa de Acolhimento Regional - Consórcio Casa-Lar do Agreste Paraibano e dá outras providências.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2958/fibromialgia.docx</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2958/fibromialgia.docx</t>
   </si>
   <si>
     <t>Altera a Ementa, o caput do Art. 1º, o Art. 2º e o Anexo Único da Lei Municipal 754/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2968/ppa_2026_2029.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2968/ppa_2026_2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Itabaiana para o período de 2026/2029.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2969/loa_2026.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2969/loa_2026.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Itabaiana, para o exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2970/prioritario.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2970/prioritario.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Itabaiana, o Programa de Exames, Avaliação e Atendimento Médico Prioritário para Estudantes da Rede Pública Municipal de Ensino, em reforço às diretrizes do Programa Saúde na Escola (PSE), e dá outras providências.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2975/estudante_com_visao.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2975/estudante_com_visao.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Estudante com Visão” no Município de Itabaiana-PB e dá outras providências.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2979/projeto_de_lei_779_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2979/projeto_de_lei_779_2025.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Conscientização, Prevenção e Apoio à Pessoa com Câncer de Mama e de Colo do Útero no Município de Itabaiana, e dá outras providências.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2988/projeto_de_lei_780_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2988/projeto_de_lei_780_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas para o resgate da memória e a recuperação do patrimônio histórico material e imaterial do município de Itabaiana e dá outras providências</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3001/projeto_de_lei_781_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3001/projeto_de_lei_781_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento em horário comercial da farmácia pública municipal, no âmbito do município, e dá outras providências.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3008/ilovepdf_merged_84.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3008/ilovepdf_merged_84.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Bolsa de Formação Continuada da Alfabetização, no âmbito da Secretaria Municipal de Educação de Itabaiana-Pb, e dá outras Providências.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 892/2024, de 26 de março de 2024, que criou a Academia Itabaianense de Arte, Cultura e Letras, para modificar sua denominação, composição e objetivos, e dá outras providências.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3014/pl_-_784_-_2025_-_cargos.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3014/pl_-_784_-_2025_-_cargos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção de cargos vagos, o reenquadramento e a reorganização de cargos existentes, cria cargos de provimento efetivo, revoga as Leis nº 277/1994, nº 279/1994, nº 323/1998, nº 355/2000, nº 508/2007 e nº 586/2009, consolida a estrutura dos cargos efetivos do Poder Executivo do Município de Itabaiana/PB e dá outras providências.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3015/pl_785_2025_isencao.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3015/pl_785_2025_isencao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do pagamento da taxa de inscrição em concursos públicos promovidos pelo Município de Itabaiana – PB aos doadores de medula óssea voluntários e cadastrados, e dá outras providências.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3016/fundeb_fundeb2_merged.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3016/fundeb_fundeb2_merged.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial ao Orçamento do Município de ITABAIANA exercício de 2025, e dá outras Providências</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3017/cmi_cmi2_merged.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3017/cmi_cmi2_merged.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para remanejar dotações orçamentárias no orçamento vigente e dá outras providencias.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Institui, no âmbito do Poder Legislativo Municipal de Itabaiana-PB, o Projeto Câmara Itinerante, com a finalidade de aproximar a Câmara Municipal da população, por meio da realização de sessões, audiências públicas e atividades institucionais nos bairros e comunidades rurais do Município, promovendo a transparência, a participação popular e o fortalecimento da cidadania; Revoga a Resolução 001/2013 e da outras providências.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2855/projeto_decreto_legislativo_dona_mocinha.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2855/projeto_decreto_legislativo_dona_mocinha.pdf</t>
   </si>
   <si>
     <t>Concede a Comenda Severino Dias de Oliveira - SIVUCA a senhora Severina Lopes Cavalcanti e determina outras providências.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2857/pdl_0012025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2857/pdl_0012025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de Cidadão Honorário, ao Excelentíssimo Senhor, Lucas Ribeiro Novais de Araújo, Vice Governador, e dá outras providências.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2868/pdl_dr_arthur.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2868/pdl_dr_arthur.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de Cidadão Honorário, ao Ilustríssimo Senhor, Arthur Saraiva de Miranda Luna, Médico Cardiologista, e dá outras providências.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>Izaías Araújo</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2893/projeto_de_decreto_legislativo004_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2893/projeto_de_decreto_legislativo004_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de Cidadão Honorário, ao Excelentíssimo Senhor, Veneziano Vital do Rêgo Segundo Neto, Senador da República, e dá outras providências.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2910/projeto_de_decreto_legislativo_005_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2910/projeto_de_decreto_legislativo_005_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de Cidadã Honorária, a Ilustríssima Senhora, Dra. Mayra de Albuquerque Loureiro, Médica Ginegocologista, e dá outras providências.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>Cláudio Roberto, Fabiano do Peixe</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2925/pdl_murilo.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2925/pdl_murilo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de Cidadão Honorário ao Deputado Federal Cássio Murilo Galdino de Araújo e dá outras providências.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>Concede a Comenda Severino Dias de Oliveira - SIVUCA a Senhora Maria das Neves Paiva conhecida populamente por Nevinha das Ceramicas e ao Seu Esposo O senhor Antônio Teixeira de Paiva Conhecido Populamente como Tôta. E determina outras providências.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2782/indicacao_001_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2782/indicacao_001_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a necessidade de que seja feita uma revitalização no campo de areia localizado na antiga CFN (Companhia Ferroviária do Nordeste) espaço que hoje o município detém a posse. Afim de dar condições aos desportista que ali praticam atividades físicas.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_0022025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_0022025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a necessidade de que seja efetuado uma limpeza e revitalização em todo espaço onde funcionava a antiga CFN (Companhia Ferroviária do Nordeste). Afim de promover melhores condições de vida e segurança a todos que moram no entorno e aos muitos cidadãos que praticam atividades físicas em todo o espaço acima mencionado.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2784/indicacao_003_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2784/indicacao_003_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada uma possível adequação salarial, dos motoristas de veículos leves, motoristas de veículos pesados, operadores de máquinas, levando em consideração a média salarial que é pago atualmente pelas prefeituras da nossa região, sindicatos e empresas privadas.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_004_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_004_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizado estudo de viabilidade para construção de uma praça no bairro do Brejinho.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>José Marques</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_005_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_005_2025..pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria Municipal de Infraestrutura e Serviços Públicos realize a pavimentação das Rua Margarida Maria Alves, no bairro Açude das Pedras.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_006_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_006_2025..pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria Municipal de Infraestrutura e Serviços Públicos realize a pavimentação das Rua Roberval Sérgio da Silva, conhecida como Chã, no bairro Alto Alegre.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_007_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_007_2025..pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria Municipal de Infraestrutura e Serviços Públicos realize a pavimentação das ruas do bairro Alto Professor Maciel.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>Josinaldo R.</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_008_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_008_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria Municipal de Infraestrutura e Serviços Públicos realize a pavimentação das ruas: José Dias de Oliveira, Travessa Claudino B. Silva e Riachuelo localizadas no bairro do Açude das Pedras.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_009_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_009_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal que através da Secretaria de Infraestrutura e Serviços Públicos, que realize a pavimentação da Rua Otoniel Marinho dos Santos, no bairro do Botafogo.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2791/indicacao_010_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2791/indicacao_010_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que realize a implementação um Programa de Habitação Municipal, afim de atender aos residentes dos espaços públicos, localizados no bairro do Jucuri.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2792/indicacao_011_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2792/indicacao_011_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação da Rua Maria do Carmo Pessoa Amaral, por trás da Sede dos Trabalhadores, nesta.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Dr. Alisterre</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2793/indicacao_012_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2793/indicacao_012_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação das Ruas: Manoel Joaquim da Silva, Maria Ana Pereira de Lina, Maria das Neves de Luciana e a conclusão da pavimentação da Rua José Maria da Silva, no bairro do Botafogo.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_013_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_013_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria de Infraestrutura e Serviços Públicos, realize a conclusão da pavimentação da Rua Luis Quirino do Nascimento e a pavimentação da Rua Otáviano Mendes do Nascimento, ambas no bairro de Campo Grande.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2797/indicacao_014_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2797/indicacao_014_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria de Infraestrutura e Serviços Públicos, realize a manutenção da pavimentação da Rua Maria da Penha Pereira, no bairro de Campo Grande.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2799/indicacao_015_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2799/indicacao_015_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria de Infraestrutura e Serviços Públicos, realize a pavimentação da Rua Severino Muniz de Andrade, no bairro de Campo Grande.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2802/indicacao_016_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2802/indicacao_016_2025..pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação da Rua Alcina Rodrigues Ferreira, antiga II Travessa do Jucuri, popularmente conhecida como Rua da Sardinha, no Jucury.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2803/indicacao_017_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2803/indicacao_017_2025..pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação da Rua Isaías Pereira da Silva, localizada no Conjunto Antonio Mariz/Bairro do Jucury, nesta cidade</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_018_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_018_2025..pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, que realize a recuperação da pavimentação com instalação de redutor de velocidade na Rua Coronel Firmino Rodrigues.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_019_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_019_2025..pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação das Ruas Rosa de Carvalho de Oliveira e Rua Omiro Félix de Almeida, ambas no Alta Vista.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_020_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_020_2025..pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada intervenções de melhoria e de ampliação, no ponto de ônibus, localizado no Distrito de Guarita.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_021_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_021_2025..pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada as obras de construção de uma Praça, no espaço pertencente ao município, localizado entre Avenida Suburbana e a Rua Tássio Anderson, conhecido por antigo Posto Fiscal, afim de urbanizar aquele espaço para uso da Comunidade.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_022_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_022_2025..pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a recuperação da pavimentação da Rua Padre Ibiapina, no bairro do Botafogo.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_023_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_023_2025..pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal que seja realizada a construção de uma nova Unidade Basica de Saude no distrito de campo grande.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_024_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_024_2025..pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a construção de uma academia de saude na comunidade de Guarita.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2813/indicacao_025_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2813/indicacao_025_2025..pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação do Conjunto Habitacional Deputado Adauto Pereira de Lima, assim como o Saneamento Básico do mesmo.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2814/indicacao_026_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2814/indicacao_026_2025..pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que realize a construção de uma Academia da Saúde, no bairro de Campo Grande.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2815/indicacao_027_2025..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2815/indicacao_027_2025..pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que realize a construção de uma Quadra de Esportes, no bairro de Campo Grande.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2816/indicacao_028_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2816/indicacao_028_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Constitucional, que se digne de realizar a construção de uma faixa exclusiva para ciclistas e pedestres, com iluminação e sinalização, interligando o centro ao bairro de Campo Grande, nesta cidade.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_029_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_029_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito, Dr. José Cláudio Chaves Cavalcante Neto, que realize a implantação de uma Clínica Veterinária Municipal, para animais de pequeno porte, no âmbito do município de Itabaiana-PB.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2818/indicacao_030_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2818/indicacao_030_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada obras de pavimentação na Rua Dr. João Nunes, no bairro da Suburbana.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_031_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_031_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a necessidade de que seja feita uma manutenção na praça Francisco Jacinto da Silva, localizada na principal entrada da comunidade do Jucurí.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2824/indicacao_032_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2824/indicacao_032_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a necessidade de pavimentação da Rua Maria das Dores Queiroga, localizado no bairro Costa e Silva.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_033_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_033_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a manutenção da Rua Aurea Coelho de Lima, em Campo Grande.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2829/indicacao_034_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2829/indicacao_034_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a retirada dos separadores de concreto que estão instalados, na lateral da Igreja Católica, interligando a Praça 24 de Maio, Avenida José Silveira e Rua Napoleão Laureano.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2830/indicacao_035_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2830/indicacao_035_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a substituição dos tachões refletivos atualmente instalados na Avenida Presidente João pessoa, por tachões de menor tamanho.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2832/indicacao_036_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2832/indicacao_036_2025.pdf</t>
   </si>
   <si>
     <t>Indico que a Policlínica Municipal Dr. Aglair da Silva, passe a funcionar 24horas por dia, afim de dar suporte à população Itabaianense.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2833/indicacao_037_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2833/indicacao_037_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a instalação de equipamentos de uma academia ao ar livre, para a prática de exercícios físicos, na Praça Epitácio Pessoa.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_038_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_038_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja analisada a viabilidade da construção de uma praça no Distrito de Guarita.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2844/indicacao_039_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2844/indicacao_039_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação da Rua José Bento Cavalcante, conhecida como rua Alagoas, no bairro da Suburbana.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2849/indicacao_040_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2849/indicacao_040_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a implantação de duas boeiras na comunidade de Urnas.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_041_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_041_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Chefe do Poder Executivo Municipal, que faça a cessão do prédio do antigo Posto de Saúde de Jureminha para a Associação Nossa Senhora do Perpétuo Socorro, CNPJ  01.234.634/0001-71 que tem como presidente Joedson Dias dos Santos, tendo em vista que a associação necessita de um espaço para reuniões.</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_042_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_042_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a manutenção da Rua Projetada ao lado da UBSF do Botafogo, com a máquina patrol, melhorando a qualidade de vida daqueles moradores.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2852/indicacao_043_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2852/indicacao_043_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a manutenção do fim da rua, popularmente conhecida como Beco São Pedro no bairro do Botafogo, com a máquina patrol, melhorando a qualidade de vida daqueles moradores.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2853/indicacao_044_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2853/indicacao_044_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal através da Secretaria de Infraestrutura e Serviços Públicos que seja realizada a pavimentação da Rua Maria das Dores Queiroga, localizada no Conjunto Costa e Silva.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2854/indicacao_045_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2854/indicacao_045_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal através da Secretaria de Infraestrutura e Serviços Públicos que seja realizada a limpeza do canal na rua Justiniano de Carvalho popular rua da Tatajuba.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2856/indicacao_046_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2856/indicacao_046_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja analisada, a viabilidade de construção de uma Unidade de Pronto Atendimento(UPA) em Itabaiana.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_047_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_047_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, que se digne de implantar um Centro de Atendimento Especializado ao Autista, inserindo dentro do mesmo um sala multissensorial, afim de que possamos proporcionar terapias, consultas médicas e diagnóstico.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2861/indicacao_048_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2861/indicacao_048_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal através da Secretaria de Infraestrutura e Serviços Públicos que seja realizada a pavimentação da Rua Diva Campos Lira, localizada no Bairro Vista Alegre.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2862/indicacao_049_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2862/indicacao_049_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal que através da Secretaria de Infraestrutura e Serviços Públicos que seja realizada a pavimentação da Rua Clidenor Félix de Almeida e da Rua Antônio Gomes de França, localizada no Bairro Alto Alegre.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2865/indicacao_050_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2865/indicacao_050_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a destinação de vagas de estacionamento exclusivos, aos Poderes Executivo e Legislativo, na Avenida Presidente João Pessoa e na Rua Antonio Ananias.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2867/indicacao_051_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2867/indicacao_051_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação, drenagem e instalação de rede de esgoto sanitário nas seguintes vias: Rua Adalzira Gomes Ramos; Rua Chystonis Gomes de França; Rua Creusa Cunha; Rua Evangelista Emanoel Jose dos Santos; Rua Irmão Jose Candido da silva; Rua Maria Dalva Araújo Costa;   Rua Pedro Muniz de Brito; Rua Zita Paz de Oliveira; Rua 5 de Agosto.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_052_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_052_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação na Rua Zacarias Rodrigues Neto.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_053_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_053_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação da Avenida José Antônio de Oliveira, Avenida Sebastião Félix de Oliveira e da Rua Luiz Tavares da Costa Neto, no Residencial Bom Viver, no bairro da Suburbana.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_054_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_054_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a conclusão da pavimentação, da Rua São Sebastião, no bairro Santa Rita, nesta Cidade.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_055_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_055_2025.pdf</t>
   </si>
   <si>
     <t>Indico Senhor Prefeito Municipal que através da Secretaria de Infraestrutura e Serviços Públicos que seja realizada a manutenção da Rua Valdomiro Sobrinho, no bairro Alto Alegre.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_056_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_056_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal que através da Secretaria de Infraestrutura e Serviços Públicos que seja realizada a pavimentação da Rua João Feliciano de Luna, localizada no centro ao lado da linha férrea.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2880/indicacao_057_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2880/indicacao_057_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a construção de uma passagem molhada, na localidade de Porto da Canoa/Guarita.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2881/indicacao_058_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2881/indicacao_058_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito do Município de Itabaiana-PB, que seja avaliada a viabilidade da implantação de uma orla às margens do Rio Paraíba, no trecho compreendido entre a rua situada por trás da Dinamus e a rua da Gráfica de Brão. A proposta contempla a construção de um calçadão para caminhada, a instalação de academia ao ar livre e a implantação de quiosques para alimentação, visando proporcionar um espaço de convivência, lazer e bem-estar para a população. Tal medida contribuirá significativamente para a urbanização da área, valorizando o entorno e promovendo o uso consciente e sustentável de um dos principais recursos naturais da nossa cidade, além de estimular a prática de atividades físicas e fomentar o comércio local.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2882/indicacao_059_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2882/indicacao_059_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a manutenção da pavimentação da Rua São Sebastião, no bairro Santa Rita, nesta.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_060_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_060_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a conlusão das tubulações do esgoto que passa entre a casa de nº 163, Rua Everaldo Pimentel, antiga Rua Alfredo Coutinho de Lira e casa de nº 05 da Rua Aglair da Silva, antiga Rua Boa Vista, no bairro do Botafogo.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_061_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_061_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a manutenção da pavimentação da Praça Manoel Joaquim de Araújo.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_062_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_062_2025.pdf</t>
   </si>
   <si>
     <t>Inido que seja estudada a viabilidade para a instalação de uma brinquedoteca na Policlínica Dr. Aglair da Silva.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_063_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_063_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a necessidade de que seja feita a instalação de uma parada de ônibus em frente à escola Cecília Lopes de Araújo, na comunidade de Lagoa do Rancho.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_064_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_064_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a necessidade de que seja efetuado uma limpeza dos canais e galerias fluviais, mesmo sabendo que esse serviço já foi iniciado. Venho solicitar a conclusão do mesmo, tendo em vista que estamos muito próximo do período de chuvas em nossa região.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_065_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_065_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao senhor  Prefeito Municipal Jose Claudio Chaves Cavalcante Neto que através da Secretaria de Infraestrutura e Serviços Públicos, que seja realizada a manutenção da Pavimentação da Rua Professor José Soares Mendonça (Rua Professor Mendonça).</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_066_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_066_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação das Ruas Severino Mendes da Cruz e Erivaldo Correia da Silva, localizadas no bairro Alto Alegre.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2895/indicacao_067_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2895/indicacao_067_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a pavimentação da via pública em frente a Unidade de Saúde e da escola, na localidade de Mendonça dos Moreiras, Zona Rural.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2896/indicacao_068_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2896/indicacao_068_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor, Jose Claudio Chaves Cavalcante Neto, Prefeito Constitucional, e também ao Secretario de Cultura Fabio Rodrigues uma restauração e a construção de um acesso a Ponte de Guarita, visto que é um ponto turístico da cidade, onde é bastante visitado, mas não tem um acesso digno, para que as pessoas subam e assim prestigiem mais a beleza natural daquele lugar.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_069_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_069_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor  Prefeito Municipal Jose Claudio Chaves Cavalcante Neto  que através da Secretaria de Infraestrutura e Serviços Públicos, que seja realizada a construção de redutores de velocidade, ao longo da Avenida Paulo Afonso, localizada no Bairro Açude das Pedras.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_070_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_070_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a execução dos serviços de pavimentação, urbanização e iluminação pública das Ruas Vereadora Maria Auxiliadora Correia de Melo, Leonila Felix de Almeida e Adélio Muniz de Andrade, Centro.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_071_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_071_2025.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a execução dos serviços de pavimentação, da rodovia municipal, Presidente Tancredo Neves, situada no Alto da Boa Esperança.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2900/indicacao_072_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2900/indicacao_072_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a necessidade de instalação de uma parada de ônibus na entrada do conjunto Benedito da Silveira, localizado nas margens da rodovia PB 054. Com finalidade de dar melhores condições para todos que usam o serviço de transporte e necessitam de um local seguro e confortável para esperar, principalmente nossos alunos da rede pública de ensino.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2901/indicacao_073_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2901/indicacao_073_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a necessidade de manutenção da pavimentação da Rua Alfredo Coutinho de Lira. Mais precisamente em frente a antiga sede dos trabalhadores. Com intuito de melhorar a mobilidade urbana e evitar possíveis acidentes por todos que ali transitam e motoristas que usam essa rota, uma vez que o calçamento encontra-se com um grande afundamento e irregularidades.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2902/indicacao_074_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2902/indicacao_074_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal que atraves da Secretaria Municipal de Saúde que sejam implantadas duas novas Equipes de Saude da Familia.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_075_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_075_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal que atraves da Secretaria Municipal de Saúde que seja feita a ampliação das especialidades do CEO.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_076_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_076_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, Dr. Cláudio Neto, que estude a viabilidade de realizar doação de fraldas descartáveis para crianças neuroatípicas.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2908/indicacao_077_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2908/indicacao_077_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal que através da Secretaria de Saúde realize estudo de viabilidade de instalação de um Centro de Fisioterapia para ampliação da oferta de serviços fisioterápicos.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2909/indicacao_078_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2909/indicacao_078_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal que seja adquirido mais coletores de lixo devidamente personalizados e identificados para serem distribuídos estrategicamente em todos bairros das cidade, preservando o meio ambiente, evitando o acúmulo de lixões, a obstrução de lixo dos canais pluviais, a proliferação de mosquitos e outras contaminações que possam afetar a saúde pública.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2912/indicacao_079_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2912/indicacao_079_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal, que realize a construção de uma passagem molhada na subida da Serra do Capim, na localidade de Manoel de Matos, nas imediações da residência do senhor João, conhecido popularmanete por João Piaca.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2913/indicacao_080_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2913/indicacao_080_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal, que realize a instalação de sinalizações vertical e horizontal, nas vias públicas do Loteamento Alta Vista, tendo em vista a segurança dos moradores e condutores, que trafegam pelo mesmo.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2915/indicacao_081_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2915/indicacao_081_2025.pdf</t>
   </si>
   <si>
     <t>indico ao excelentíssimo Senhor Prefeito Jose Claudio Chaves Cavalcante Neto que seja seja Destinado um Veiculo a Diretoria de Esportes.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2916/indicacao_082_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2916/indicacao_082_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, que seja realizada a manutenção da pavimentação da rua Zé da Luz no Costa e Silva</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_083_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_083_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a  necessidade de manutenção da pavimentação da rua José Joaquin do Nascimento. Atualmente encontra-se com bastante irregularidades em seu calçamento. Com intuito de melhorar a qualidade de vida das pessoas, a mobilidade urbana e evitar acidentes por todos que ali moram e transitam.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2918/indicacao_084_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2918/indicacao_084_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a  necessidade de Campanhas de conscientização sobre descarte correto de lixo. Com o objetivo de informar e sensibilizar a população sobre a importância da separação adequada dos resíduos, redução da poluição ambiental e melhoria da limpeza urbana.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao85.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao85.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que avalie a ampliação do Cemitério Nossa Senhora da Boa Morte, a aquisição de terreno para construção de novo Cemitério Público ou a realização de parceria público-privada, visando suprir a falta de espaço para sepultamentos. Propõe-se a implantação de um ossário para realocar restos mortais de túmulos antigos ou temporários, liberando vagas para novas sepulturas. A estrutura poderia ser instalada, inclusive, nas laterais dos muros do cemitério, otimizando áreas ociosas e seguindo soluções já adotadas por outros municípios.</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2934/indicacoes86.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2934/indicacoes86.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Constitucional a continuidade das obras de pavimentação da Rua Heroína Maria Cleide, no Centro, até sua integral conclusão, com o devido nivelamento de base e, se necessário, implantação de drenagem superficial.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2938/indicacoes_87.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2938/indicacoes_87.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal a realização de manutenção da pavimentação em trecho da Rua Floriano Peixoto, em frente à residência do bombeiro militar Sr. Malquir, visando a correção de deformidades e a restauração da trafegabilidade e segurança no local.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacoes_88.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacoes_88.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Constitucional a modernização da praça situada no Bairro Botafogo, com o objetivo de promover melhorias na infraestrutura, segurança e acessibilidade, garantindo um espaço de lazer mais agradável e funcional para a comunidade.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2940/indicacoes89.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2940/indicacoes89.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal a pavimentação integral da Rua Joana Cândida da Costa, com prioridade para o trecho final ainda não pavimentado, localizado no encontro com a Rua Casemiro Francisco da Silva, observadas as normas técnicas de base, nivelamento e drenagem superficial.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2943/indicacao_090_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2943/indicacao_090_2025.pdf</t>
   </si>
   <si>
     <t>Indico que sejam realizadas obras de intervenção e pavimentação na Rua Papa João XXIII, no bairro Suburbana, com vistas à melhoria da acessibilidade e da mobilidade urbana, em razão da densa ocupação da área.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2944/indicacao_091_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2944/indicacao_091_2025.pdf</t>
   </si>
   <si>
     <t>Indico que sejam realizadas obras de intervenção e pavimentação nas ruas João Batista de Lima e José Tavares de Araújo, no bairro Suburbana, com vistas à melhoria da acessibilidade e da mobilidade urbana, em razão da densa ocupação da área.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2952/indicacao_092_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2952/indicacao_092_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal a realização de manutenção na pavimentação em trecho da Rua João Gomes Coelho, no bairro Alto Alegre, por trás do Fórum.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2953/indicacao_093_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2953/indicacao_093_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao senhor excelentíssimo Prefeito José Claudio Chaves Cavalcante Neto que seja implantado a  feira do artesanato aos sábados</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Toinho de Maracaípe</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2954/inicacao_94.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2954/inicacao_94.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria Municipal de Infraestrutura e Serviços Públicos realize a pavimentação nas Ruas Odilon Felipe da Fonseca e a Rua José Pedro da Silva Localizada no Bairro do Brejinho</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_95.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_95.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria Municipal de Infraestrutura e Serviços Públicos realize a intervenção e Pavimentação na Rua Dr. Aglair da Silva no Bairro do Brejinho</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_96.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_96.pdf</t>
   </si>
   <si>
     <t>Indico  ao Senhor Prefeito Constitucional , por meio da Secretaria de Infraestrutura e Serviços Públicos, que execute a construção da Praça da Amizade, no bairro do Jucuri, ao lado da Capela Santa Clara</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_97.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_97.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, por intermédio da Secretaria de Assistência Social, que seja conferida prioridade às famílias residentes nos núcleos de habitação improvisada dos bairros Jucuri e Açude das Pedras — notadamente na antiga e extinta Creche, na Senzala, na extinta Escola Maria do Carmo Pessoa do Amaral e no antigo Mercado Público — no âmbito do Programa Municipal de Habitação Popular, com a construção de unidades habitacionais adequadas. A presente indicação é apresentada em consonância e como desdobramento da Indicação 010/2025, que sugeriu a implementação de um Programa Municipal de Habitação para atendimento dos residentes em espaços públicos no bairro Jucuri, ampliando-se, nesta oportunidade, a priorização também às famílias dos núcleos situados no Açude das Pedras, a fim de assegurar tratamento isonômico e efetividade da política habitacional.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_98.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_98.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria Municipal de Infraestrutura e Serviços Públicos realize a intervenção e Pavimentação na Avenida João gualberto Rodrigues</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2962/indicacao_99.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2962/indicacao_99.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria Municipal de Infraestrutura e Serviços Públicos realize a intervenção e Pavimentação das Ruas Rua luzinaldo marinho dos Santos  e Rua Tássio Anderson Feitosa Rodrigues , Localizadas no No residencial bom viver, no bairro da suburbana.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2963/indicacao_100.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2963/indicacao_100.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal a necessidade de manutenção das estradas vicinais do município, em especial nas comunidades Manoel de Matos, Urna, Furna e comunidades adjacentes.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2964/indicacao_101.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2964/indicacao_101.pdf</t>
   </si>
   <si>
     <t>Indico ao senhor excelentissimo Prefeito José Claudio cavalcante Chaves Neto  atraves da Superintendência municipal da mobilidade urbana- SEMOB que seja implantado cameras para o monitoramento do Transito nas principais Ruas de nosso Cidade.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2971/indicacao_102_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2971/indicacao_102_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a pavimentação asfáltica da via local Governador Tarcísio de Miranda Burity, ligando os bairros do Jucuri e da Suburbana.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2973/indicacao_103_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2973/indicacao_103_2025.pdf</t>
   </si>
   <si>
     <t>Indico que a Secretaria Municipal de Educação avalie a possibilidade de incorporar a disciplina de ciência da computação à grade curricular do ensino fundamental. A inclusão dessa matéria é fundamental para que os alunos da rede municipal tenham acesso a conhecimentos essenciais do mundo digital, capacitando-os para as oportunidades que se apresentam tanto no universo acadêmico quanto no mercado de trabalho, em plena era digital.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_104_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_104_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Prefeito Municipal que através da Secretaria Municipal de Infraestrutura e Serviços Públicos realize a manutenção na Rua Vereador Batista Freire no Bairro do Costa e Silva.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2978/indicacao_105_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2978/indicacao_105_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao  à Sr. Prefeito Constitucional  de Itabaiana, por meio da Secretaria Municipal de Saúde, a adoção de campanha permanente e estruturada de comunicação para conscientização sobre o câncer de mama,câncer de colo do útero e saúde da mulher.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2982/indicacao_106_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2982/indicacao_106_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal que através da Secretaria de Infraestrutura e Serviços Públicos que seja realizada a pavimentação das Ruas Elizângela De Araujo ,Rua Rubenita de Sousa Ferreira e Rua Arlindo Guedes  Localizado no bairro Alto Alegre .</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao_107_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao_107_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Constitucional Dr. José Cláudio Cavalcante Neto, junto com a Diretoria de Esportes, que seja implantada uma rede de proteção no muro do campo do Centro Social Urbano, bem como realizadas melhorias na estrutura do campo e da quadra.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao_108_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao_108_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Constitucional que seja realizada a pavimentação da Avenida Santa Cecília.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2986/indicacao_109_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2986/indicacao_109_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal que seja realizado estudo para viabilizar a construção de um matadouro público.</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2987/indicacao_110_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2987/indicacao_110_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que seja implantada uma Farmácia de Manipulação de Medicamentos, com a finalidade de ampliar o acesso da população a medicamentos personalizados, garantir o uso racional e eficiente de insumos farmacêuticos e atender de forma mais específica as necessidades terapêuticas dos pacientes da rede pública municipal de saúde. A criação dessa unidade permitirá a produção de fórmulas manipuladas conforme prescrição médica, otimizando o tratamento de doenças crônicas, raras e condições que exigem dosagens individualizadas, contribuindo para a economia dos cofres públicos e para a melhoria da qualidade do atendimento prestado à população.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2991/indicacao_111_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2991/indicacao_111_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Constitucional Dr. Cláudio Neto a iniciativa de elaboração de projeto de lei que disponha sobre a reserva de cota mínima de 5% (cinco por cento) das unidades habitacionais dos programas de habitação social do município para famílias que tenham, em sua composição, filhos com diagnóstico de Transtorno do Espectro Autista (TEA). A medida tem como objetivo promover a inclusão social e garantir prioridade de acesso à moradia digna para famílias que enfrentam desafios adicionais decorrentes do TEA, reconhecendo a importância de políticas públicas que assegurem igualdade de oportunidades e o direito à cidadania plena a todas as pessoas.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_112_2026.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_112_2026.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que seja realizado estudo técnico e orçamentário visando à viabilidade da construção de um Ginásio Poliesportivo neste município. A implantação desse equipamento público proporcionará um espaço adequado para a prática de diversas modalidades esportivas, atividades culturais, educacionais e de lazer, contribuindo para o desenvolvimento social e físico da população, em especial de crianças e jovens. Além disso, o ginásio servirá como ambiente de integração comunitária e incentivo à cidadania, fortalecendo as políticas municipais voltadas ao esporte e à inclusão social.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Indico ao senhor prefeito constitucional Claudio Neto que seja fornecido um transporte para os machantes para que possa fazer o transporte da carnes para nossa cidade.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Indico ao senhor excelentissimo Prefeito Constitucional José Cláudio Chaves Cavalcante Neto que estude a viabilidade de coneceder insenção da taxa de sepultamento para os funerais que forem ofertados pela Prefeitura.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_115_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_115_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal que através da Secretaria de Infraestrutura e Serviços Públicos que seja realizada a pavimentação da Rua Anália Francisca de Arruda</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_116_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_116_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Constituionalque através da secretaria municipal de saúde ou com o apoio dos parlamentares estaduais e federais possa realizar a aquisição de 01 (uma) Ambulância de Suporte Básico (Tipo A) para atender as necessidades de saúde do nosso município.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao_117_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao_117_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Exmo. Senhor Prefeito Municipal atraves da secretaria municipal de saúde estudo de viabilidade para que possa ser realizada a contratação da especialidade cirurgião vascular para atendimento na Policlínica.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2999/adobe_scan_29_de_out._de_2025_2.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2999/adobe_scan_29_de_out._de_2025_2.pdf</t>
   </si>
   <si>
     <t>Indico  ao Exmo. Sr Prefeito, José Cláudio Chaves Cavalcante Neto, que determine à Superintendência Executiva de Mobilidade Urbana - SEMOB que proceda a imediata adoção de providências para readequação e requalificação da Praça de Táxi 01 - localizada na Avenida Prefeito José Benedito da Silveira, bem como a adoção de medidas que assegurem a organização, valorização e segurança dos profissionais taxistas e dos usuários do serviço</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacoes_119.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacoes_119.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal a necessidade de realização de serviços de manutenção nas estradas vicinais que interligam o Bairro da Suburbana ao Bairro do Jucuri, neste Município, visando melhorar as condições de tráfego e garantir maior segurança e acessibilidade aos moradores da região.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacoes_120.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacoes_120.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, por intermédio da Secretaria Municipal de Saúde, a necessidade de instalação de um Pronto Atendimento (PA) nas dependências do antigo Hospital São Vicente de Paula, com o objetivo de ampliar a oferta de serviços emergenciais e garantir melhor assistência à população local.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3004/indicacoes_121.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3004/indicacoes_121.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal a criação de uma Orquestra Sinfônica Municipal, com o objetivo de valorizar os talentos locais, promover a formação musical de jovens e fortalecer as ações culturais no âmbito do nosso Município.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3005/indicacoes_122.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3005/indicacoes_122.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Constitucional Dr. Cláudio Neto a necessidade de implantação e oferta do serviço de Neuropediatria na Policlínica Municipal, com o objetivo de assegurar um atendimento especializado e qualificado às crianças que necessitam de acompanhamento neurológico, promovendo assim o melhor tratamento e acompanhamento dos pacientes.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura Municipal a elaboração de um plano técnico e participativo de reorganização e readequação da Feira Livre de Itabaiana, visando garantir condições adequadas de trabalho aos feirantes, assegurar o cumprimento do TAC referente aos autos nº 001.2021.072590, promover infraestrutura mínima, higiene e ordenamento urbano, compatibilizar o funcionamento da feira com o direito de ir e vir da população, conforme o Código de Posturas Municipal (Lei nº 557/2008), bem como estabelecer diálogo permanente com os feirantes e entidades civis organizadas.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2794/requerimento_001_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2794/requerimento_001_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a instalação de sinalizações vertical e horizontal, bem como a instalação de redutores de velocidade, no perímetro urbano da PB-054, compreendido entre o Bairro José Benedito da Silveira e o antigo Posto Japhelândia.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2798/requerimento_002_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2798/requerimento_002_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTOS DE APLAUSOS, ao Excelentíssimo Senhor, Suelyo Rogério Cavalcante Lira, Vice-Prefeito e Secretário de Infraestrutura e Serviços Públicos, pelos relevantes serviços prestados à comunidade, ao longo dos primeiros dias de gestão.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2801/requerimento_003_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2801/requerimento_003_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Votos de Aplausos, à Secretária de Assistência Social, Luciana Marinho, pela ação realizada no bairro do Brejinho.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2804/requerimento_004_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2804/requerimento_004_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Votos de Aplausos, à Excelentíssima Senhora, Joelma Lins da Fônseca, pela conquista do Selo Nacional "Compromisso com a_x000D_
 Alfabetização", uma iniciativa do Ministério da Educação (MEC).</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2805/requerimento_005_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2805/requerimento_005_2025.pdf</t>
   </si>
   <si>
     <t>Requeremos que seja enviado, Votos de Aplausos, ao Deputado Federal, Hugo Motta Wanderley da Nóbrega, eleito Presidente da Câmara dos Deputados.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2825/requerimento_006_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2825/requerimento_006_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro votos de aplausos ao excelentíssimo prefeito constitucional de Itabaiana, Dr. Cláudio Neto, em razão do esforço e dedicação incansável que vem conduzindo nosso município. Aprimorando muitos serviços tão essenciais para com nosso povo, implantando outros serviços onde se faz necessário. Fazendo de nossa cidade a verdadeira rainha do vale do Paraíba.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2827/requerimento_007_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2827/requerimento_007_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a manutenção da rodovia PB-066, no trecho que interliga a cidade de Itabaiana à Mogeiro e no trecho que interliga a cidade de Itabaiana à Juripiranga.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2831/requerimento_008_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2831/requerimento_008_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja realizada a instalação de um redutor de velocidades, nas proximidades da entrada de Sítio Novo, na Rodovia PB 054.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2834/requerimento_009_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2834/requerimento_009_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Votos de Aplausos, ao Comandante do 8º BPM, Major Porfírio, pelo evento "2ª Corrida dos Guardiões do Vale", realizado no dia 18 de março, que engrandece e eleva o nome de nossa cidade por toda a região.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2846/requerimento_010_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2846/requerimento_010_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTOS DE APLAUSOS, ao Secretário de Transportes, Estradas e Rodagens, Wellingson da Fônseca Chaves, pelos relevantes serviços prestados a população.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2858/requerimento_011_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2858/requerimento_011_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Engenheiro Marcus Vinicius Fernandes Neves, Diretor-Superintendente da CAGEPA, que seja realizada a extensão de rede de abastecimento de água, para as localidades de Porto da Canoa, Sitio Pororoca .</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2860/requerimento_012_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2860/requerimento_012_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTO DE APLAUSOS ao 1º TEN QOC Reivan Carvalho da Silva Filho, 1º TEN QOC Jonathan Martinez Freires Aires, 1º TEN QOC Breno Pereira Cordeiro, 1º SGT QPC Paulo Cesar Alves De Oliveira, 1° SGT PMTO Eder Murussi Leite, 1° SGT PMTO Ornês Rosa da Silva, 3º SGT QPC Josias Barbosa Francisco, CB PMTO Jackson Amaral Brandão, por haver participado do Estágio de Identificação Veicular – EIDV 2025 da Polícia Militar da Paraíba, através da Operação Sinais, que tem o foco voltado para localizar veículos com adulteração nos seus sinais identificadores. Onde na ocasião, foram recuperados 03 carros e 15 motocicletas, totalizando 18 veículos, com alguma alteração que levaram os peritos do BPTran a identificar falhas nos sinais identificadores.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2864/requerimento_013_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2864/requerimento_013_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Voto de Aplausos a senhora Cláudia Cibele dos Anjos, comerciária, por sua atitude voluntária em alimentar animais de rua, entre as 17:00 e 22:00 horas.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2866/requerimento_014_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2866/requerimento_014_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Voto de Aplausos ao secretario de Agricultura e Desenvolvimento Rural, João Muniz da Cruz Filho e a Secretaria Executiva Elisangela de Andrade Louro, pelos relevantes serviços prestados .</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2872/requerimento_015_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2872/requerimento_015_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado, Votos de Aplausos à senhora Secretária Municipal de Saúde, Síria Maria Dantas Oliveira, pelos relevantes serviços prestados.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2876/requerimento_016_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2876/requerimento_016_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Votos de Aplausos, ao cirurgião Bucomaxilofacial , Dr. Fábio Adriano de Araújo, pelos relevantes serviços prestados à população.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2879/requerimento_017_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2879/requerimento_017_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Votos de Aplausos, ao Senador Veneziano Vital do Rêgo Segundo Neto e ao Deputado Federal Hugo Motta Wanderley da Nóbrega, pela receptividade dada aos Parlamentares desta Casa, durante a XXIV Marcha dos Gestores e Legislativos Municipais 2025, que aconteceu durante os dias 22 à 25 de abril, deste ano.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2883/requerimento_018_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2883/requerimento_018_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Chefe da Residência Rodoviária de Itabaiana, Wilson Izidro dos Santos, que seja realizado os serviços de poda da vegetação (matos) que se encontra às margens da Rodovia PB-054, no trecho compreendido entre o município de Itabaiana e a BR-230. A proliferação desordenada da vegetação às margens da rodovia tem causado transtornos e riscos aos usuários, comprometendo a visibilidade, o acostamento e podendo contribuir para a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2889/requerimento_019_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2889/requerimento_019_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado VOTOS DE APLAUSOS, ao Excelentíssimo Senhor, Suelyo Rogério Cavalcante Lira, Vice-Prefeito e Secretário de Infraestrutura e Serviços Públicos, pelos relevantes serviços prestados à comunidade do Jucury.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2890/requerimento_020_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2890/requerimento_020_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado Votos de Aplausos ao servidor Josivaldo Soares da Silva, Diretor de Iluminação Pública, pelos relevantes serviços prestados.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2914/requerimento_021_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2914/requerimento_021_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que envie Voto de Aplauso ao Senhor Diretor de Esporte Antonio Marcos da Silva (Marcos do Jucurí), pelos relevantes serviços prestados à nossa sociedade.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2926/requerimento.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2926/requerimento.pdf</t>
   </si>
   <si>
     <t>Requeiro que sejam consignados, nos anais desta Casa Legislativa, Votos de Aplausos ao Ilustríssimo Senhor Dr. Stênio Lima Sousa, Diretor do Hospital Regional de Itabaiana, pelos relevantes serviços prestados à saúde pública deste Município.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2930/req_realizacao_de_campanhas_educativas_permanentes_sobre_prevencao_a_adultizacao_infantil..pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2930/req_realizacao_de_campanhas_educativas_permanentes_sobre_prevencao_a_adultizacao_infantil..pdf</t>
   </si>
   <si>
     <t>Solicita a realização de campanhas educativas permanentes sobre prevenção à adultização infantil</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2942/requerimento_024_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2942/requerimento_024_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja analisada a viabilidade da reforma do prédio da Empresa de Assistência Técnica e Extensão Rural (EMPAER), situado na Praça 24 de Maio, nº 18, Centro, Itabaiana-PB.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2945/requerimento_025_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2945/requerimento_025_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Governador do Estado da Paraíba, por meio da Secretaria Estadual de Saúde que seja feita a reabertura do hemonúcleo da cidade de Itabaiana-PB.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2946/requerimento_026_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2946/requerimento_026_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Governador do Estado da Paraíba, por meio da Secretaria Estadual de  educação para permanência do curso de técnico em aquicultura no rol de cursos técnicos oferecidos pela Escola Cidadã Integral e Técnica Dr. Antônio Batista Santiago.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2948/requerimento_027_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2948/requerimento_027_2025.pdf</t>
   </si>
   <si>
     <t>Requeremos que seja enviado, Voto de Profundo Pesar, pelo falecimento do Sr. Ronaldo Silva Ramos conhecido populamente como Brao da Grafica, que veio a obito no ultimo dia 27 de agosto do recorrente ano .</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2950/requerimento_028_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2950/requerimento_028_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja analisada, a viabilidade por meio da secretaria de Saúde, para que sejam realizadas ações alusivas á campanha ‘Setembro Amarelo’ – Mês de Prevenção ao Suicídio e Valorização da Vida.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2951/requerimento_029_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2951/requerimento_029_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que sejam consignados, nos anais desta Casa Legislativa, Votos de Aplausos a Senhora Aline Ferreira Moreira Presdente da Associação Comunitaria do Assentamento Almir Muniz pelos serviços prestados  serviços prestados</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2959/requerimento_030_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2959/requerimento_030_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro nos termos da Lei nº 12.527/2011 (Lei de Acesso à Informação), venho respeitosamente requerer que sejam prestadas informações oficiais acerca da Obra de Construção do Campo de Futebol Municipal, que se encontra atualmente paralisada.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2960/requerimento_31.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2960/requerimento_31.pdf</t>
   </si>
   <si>
     <t>Requeiro nos termos da Lei nº 12.527/2011 (Lei de Acesso à Informação), venho respeitosamente requerer que sejam prestadas informações oficiais acerca da Obra do Mercado Público.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2965/requerimento_32.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2965/requerimento_32.pdf</t>
   </si>
   <si>
     <t>Requeiro que sejam consignados, nos anais desta Casa Legislativa, Votos de Aplausos ao , Sr. José Marques de Sousa Filho, pela forma ética, transparente e comprometida com que vem conduzindo os trabalhos da Câmara Municipal de Itabaiana.Ressalta-se que, sob sua presidência, o Legislativo Municipal tem se destacado pela valorização do debate democrático, pelo respeito às divergências e pela busca constante do fortalecimento do papel institucional desta Casa junto à população itabaianense.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2966/requerimento_33.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2966/requerimento_33.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Excelentíssimo Senhor, João Azevedo, Governador do Estado da Paraíba, ampliação da capacidade instalada e da agenda de ecocardiogramas no Hospital Regional de Itabaiana, com reforço de recursos humanos, manutenção de equipamentos e pactuação regulatória para atendimento regional.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2967/requerimento_34.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2967/requerimento_34.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito Municipal, Dr. José Chaves Cláudio Cavalcante Neto, a ampliação imediata e permanente da oferta de exames de ecocardiograma na Policlínica Municipal Dr. Aglair da Silva, com medidas para redução de filas, qualificação do acesso e garantia de diagnóstico oportuno de doenças cardiovasculares no âmbito do SUS.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>Requeiro que sejam consignados, nos anais desta Casa Legislativa, Votos de Aplausos aos Senhores2 TEN QOE MATR. 520.397-0 José FÁBIO da Silva e 2 SGT QGP MATR. 521.953-1 KEYTSON Roberto Medeiros Teixeira pelo ato heroico  em favor da vida do Senhor  Sergio Cabral do Nascimento, respeitado vereador da cidade de Juripiranga PB .</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2974/requerimento_036_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2974/requerimento_036_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja enviado MOÇÃO DE APLAUSO, ao Medico Ortopedista Dr. Paulo Dalia Teixeira Filho pelo brilhante trabalho prestado a comunidade.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2976/requerimento_037_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2976/requerimento_037_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que sejam consignados, nos anais desta Casa Legislativa, Votos de Aplauso ao Senhor Jailson Araújo de Brito, Diretor do Instituto Escolar Elshadday, pela passagem dos 30 (trinta) anos de fundação da referida instituição em nosso município, destacando-se sua relevante contribuição na promoção da educação, do conhecimento e da formação de crianças e jovens ao longo de sua trajetória.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2980/requerimento_038_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2980/requerimento_038_2025.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de Sessão Solene em alusão ao Outubro Rosa, para homenagear mulheres itabaianenses que venceram o câncer de mama e/o câncer_x000D_
 de colo do útero.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2981/requerimento_039_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2981/requerimento_039_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Excelentíssimo Senhor, Dr. Orlando Soares de Oliveira Filho, Diretor Presidente do DER-PB, que seja realizada a construção de um redutor de velocidades, e que seja colocada a sinalização horizontal e vertical da rodovia PB 082 que liga Itabaiana -PB a Salgado de Sao felix -PB na altura do colegio  Prover</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2983/requerimento_040_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2983/requerimento_040_2025.pdf</t>
   </si>
   <si>
     <t>Requeremos que seja enviado, Voto de Profundo Pesar, pelo falecimento do Sr Oscar Maroja  No dia 29 de Setembro do recorrente ano</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2989/requerimento_041_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2989/requerimento_041_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que sejam consignados, nos anais desta Casa Legislativa, Votos de Aplauso a Senhora Dra. Agna Arichele Leal de Queiroz Sousa pelos serviços prestados serviços prestados a sociedade</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2990/requerimento_042_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2990/requerimento_042_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que sejam consignados, nos anais desta Casa Legislativa, Votos de Aplausos a Senhora Irmã Mauricelia, Diretora do Colegio Nossa Senhora da Conceição, na cidade de itabaiana-PB.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2992/requerimento_043_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2992/requerimento_043_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Excelentíssimo Senhor Dr. Orlando Soares de Oliveira Filho, Diretor-Presidente do DER-PB, que seja realizada a instalação de uma lombada eletrônica de controle de velocidade na rodovia PB-082, em frente ao Conjunto Dr. Aglair da Silva (Brejinho), neste município. A presente solicitação tem como objetivo garantir maior segurança viária aos moradores e pedestres que transitam diariamente pela localidade, considerando o intenso fluxo de veículos e a proximidade de áreas residenciais. A instalação do equipamento contribuirá para a redução de acidentes e para o respeito aos limites de velocidade, promovendo um trânsito mais seguro e humanizado.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3000/requerimento_044_2025.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3000/requerimento_044_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminhada Moção de Apoio ao Projeto de Lei nº 2531, de 2021, que institui o Piso Salarial Profissional Nacional para os profissionais dos quadros de pessoal técnico, administrativo e operacional da educação básica.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3009/requerimento.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3009/requerimento.pdf</t>
   </si>
   <si>
     <t>Requer a realização de Audiência Pública, no âmbito desta Casa Legislativa, com a finalidade de discutir a reorganização da Feira Livre Municipal e o cumprimento do Termo de Ajustamento de Conduta – TAC firmado nos autos nº 001.2021.072590, visando assegurar a adequação às normas sanitárias, de acessibilidade, ordenamento urbano e demais exigências legais pertinentes.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
     <t>Requeiro que sejam consignadas, nos anais desta Casa Legislativa, Moções de Aplauso à Senhora SILVANA GONÇALVES DE ARRUDA LIMA, pelos relevantes e destacados serviços prestados à população.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
     <t>Requeiro que sejam consignadas, nos anais desta Casa Legislativa, Moções de Aplauso ao Senhor FERNANDO XAVIER PEREIRA, pelos relevantes e destacados serviços prestados à população.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>EMS</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3006/emenda_modificativa.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3006/emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei 776/2025 - Estima a Receita e Fixa a Despesa do Município de Itabaiana, para o exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
-    <t>https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3007/emenda_modificativa.pdf</t>
+    <t>http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3007/emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei 775/2025 - Dispõe sobre o Plano Plurianual do Município de Itabaiana para o período de 2026/2029.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3092,67 +3092,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2822/ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2776/plc_-_acss.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2781/magisterio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2819/oficio__-_pl_que_altera_o_art_205_do_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2777/fms.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2778/cms.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2779/oficio_pmi_gp_037_2025-assinado1_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2780/oficio_1004_-_pl_encaminhamento_de_projeto_de_lei_sobre_a_criacao_do_conselho_municipal_dos_direitos_da_populacao_lgbtqiap.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2795/1_plo_2025_hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2800/oficiopmi_gp_049_2025-assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2820/projeto_de_lei_-_autorizacao_de_compra_de_imovel_para_o_municipio_-_2025_lirio_dos_vales.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2821/projeto_de_lei_-servico_de_assistencia_juridica_municipal_no_ambito_do_municipio_de_itabaiana.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2828/projeto_de_lei_750_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2845/ilovepdf_merged_18.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2847/oficio_pmi_gp_072_2025-mensagemcmi-assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2863/cred_especial.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2873/ilovepdf_merged_58.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2874/projeto_de_lei_denomina_o_campo_de_futebol.docx_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2875/ilovepdf_merged_9.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2905/pl_vaquejada.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2906/pl_medicamento_receita_privada.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2907/oficio_pmi_gp_108_2025-mercado-creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2919/oficio_pmi_gp_128_2025-mensagemcmi.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2922/pl_incentivo_financeiro_variavel_por_desempenho_na_portaria_gmms_no_3.493_denominado_componente_de_qualidade_na_atencao_primaria_a_saude_-_aps.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2923/pl_-_cria_o_premio_boas_praticas_na_educacao_no_ambito_da_rede_publica_municipal_de_ensino_de_itabaiana_e_da_outras_providencias_revisado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2924/pl_-_institui_o_programa_municipal_de_melhorias_habitacionais_morar_melhor_no_municipio_de_itabaiana-pb.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2928/001_projeto_de_lei_institui_o_programa_municipal_de_prevencao_a_adultizacao_infantil.docx.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2929/002_projeto_de_lei_institui_a_semana_municipal_de_conscientizacao_e_prevencao_a_adultizacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2931/projeto_lei_car_fest.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2932/pl_-_autoriza_o_poder_executivo_municipal_a_incorporar_ao_patrimonio_publico_mediante_doacao_onerosa_o_imovel_pertencente_a_sociedade_mantenedora_do_hospital_regi.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2933/pl_-_encaminhamento_de_projeto_de_lei__adicional_indenizatorio_a_servidores_requisitados_pela_justica_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2935/vacinacao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2936/campainhas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2937/conselho.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2941/ilovepdf_merged_76.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2958/fibromialgia.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2968/ppa_2026_2029.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2969/loa_2026.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2970/prioritario.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2975/estudante_com_visao.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2979/projeto_de_lei_779_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2988/projeto_de_lei_780_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3001/projeto_de_lei_781_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3008/ilovepdf_merged_84.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3014/pl_-_784_-_2025_-_cargos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3015/pl_785_2025_isencao.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3016/fundeb_fundeb2_merged.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3017/cmi_cmi2_merged.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2855/projeto_decreto_legislativo_dona_mocinha.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2857/pdl_0012025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2868/pdl_dr_arthur.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2893/projeto_de_decreto_legislativo004_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2910/projeto_de_decreto_legislativo_005_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2925/pdl_murilo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2782/indicacao_001_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_0022025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2784/indicacao_003_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_004_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_005_2025..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_006_2025..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_007_2025..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_008_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_009_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2791/indicacao_010_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2792/indicacao_011_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2793/indicacao_012_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_013_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2797/indicacao_014_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2799/indicacao_015_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2802/indicacao_016_2025..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2803/indicacao_017_2025..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_018_2025..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_019_2025..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_020_2025..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_021_2025..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_022_2025..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_023_2025..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_024_2025..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2813/indicacao_025_2025..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2814/indicacao_026_2025..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2815/indicacao_027_2025..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2816/indicacao_028_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_029_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2818/indicacao_030_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_031_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2824/indicacao_032_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_033_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2829/indicacao_034_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2830/indicacao_035_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2832/indicacao_036_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2833/indicacao_037_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_038_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2844/indicacao_039_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2849/indicacao_040_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_041_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_042_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2852/indicacao_043_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2853/indicacao_044_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2854/indicacao_045_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2856/indicacao_046_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_047_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2861/indicacao_048_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2862/indicacao_049_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2865/indicacao_050_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2867/indicacao_051_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_052_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_053_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_054_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_055_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_056_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2880/indicacao_057_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2881/indicacao_058_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2882/indicacao_059_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_060_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_061_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_062_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_063_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_064_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_065_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_066_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2895/indicacao_067_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2896/indicacao_068_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_069_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_070_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_071_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2900/indicacao_072_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2901/indicacao_073_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2902/indicacao_074_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_075_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_076_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2908/indicacao_077_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2909/indicacao_078_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2912/indicacao_079_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2913/indicacao_080_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2915/indicacao_081_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2916/indicacao_082_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_083_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2918/indicacao_084_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao85.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2934/indicacoes86.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2938/indicacoes_87.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacoes_88.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2940/indicacoes89.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2943/indicacao_090_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2944/indicacao_091_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2952/indicacao_092_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2953/indicacao_093_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2954/inicacao_94.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_97.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2962/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2963/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2964/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2971/indicacao_102_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2973/indicacao_103_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_104_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2978/indicacao_105_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2982/indicacao_106_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao_107_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao_108_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2986/indicacao_109_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2987/indicacao_110_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2991/indicacao_111_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_112_2026.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_115_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_116_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao_117_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2999/adobe_scan_29_de_out._de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacoes_119.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacoes_120.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3004/indicacoes_121.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3005/indicacoes_122.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2794/requerimento_001_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2798/requerimento_002_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2801/requerimento_003_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2804/requerimento_004_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2805/requerimento_005_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2825/requerimento_006_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2827/requerimento_007_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2831/requerimento_008_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2834/requerimento_009_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2846/requerimento_010_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2858/requerimento_011_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2860/requerimento_012_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2864/requerimento_013_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2866/requerimento_014_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2872/requerimento_015_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2876/requerimento_016_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2879/requerimento_017_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2883/requerimento_018_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2889/requerimento_019_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2890/requerimento_020_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2914/requerimento_021_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2926/requerimento.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2930/req_realizacao_de_campanhas_educativas_permanentes_sobre_prevencao_a_adultizacao_infantil..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2942/requerimento_024_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2945/requerimento_025_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2946/requerimento_026_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2948/requerimento_027_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2950/requerimento_028_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2951/requerimento_029_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2959/requerimento_030_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2960/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2965/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2966/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2967/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2974/requerimento_036_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2976/requerimento_037_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2980/requerimento_038_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2981/requerimento_039_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2983/requerimento_040_2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2989/requerimento_041_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2990/requerimento_042_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2992/requerimento_043_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3000/requerimento_044_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3009/requerimento.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3006/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3007/emenda_modificativa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2822/ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2776/plc_-_acss.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2781/magisterio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2819/oficio__-_pl_que_altera_o_art_205_do_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2777/fms.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2778/cms.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2779/oficio_pmi_gp_037_2025-assinado1_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2780/oficio_1004_-_pl_encaminhamento_de_projeto_de_lei_sobre_a_criacao_do_conselho_municipal_dos_direitos_da_populacao_lgbtqiap.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2795/1_plo_2025_hino_municipal.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2800/oficiopmi_gp_049_2025-assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2820/projeto_de_lei_-_autorizacao_de_compra_de_imovel_para_o_municipio_-_2025_lirio_dos_vales.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2821/projeto_de_lei_-servico_de_assistencia_juridica_municipal_no_ambito_do_municipio_de_itabaiana.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2828/projeto_de_lei_750_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2845/ilovepdf_merged_18.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2847/oficio_pmi_gp_072_2025-mensagemcmi-assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2863/cred_especial.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2873/ilovepdf_merged_58.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2874/projeto_de_lei_denomina_o_campo_de_futebol.docx_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2875/ilovepdf_merged_9.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2905/pl_vaquejada.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2906/pl_medicamento_receita_privada.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2907/oficio_pmi_gp_108_2025-mercado-creche_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2919/oficio_pmi_gp_128_2025-mensagemcmi.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2922/pl_incentivo_financeiro_variavel_por_desempenho_na_portaria_gmms_no_3.493_denominado_componente_de_qualidade_na_atencao_primaria_a_saude_-_aps.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2923/pl_-_cria_o_premio_boas_praticas_na_educacao_no_ambito_da_rede_publica_municipal_de_ensino_de_itabaiana_e_da_outras_providencias_revisado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2924/pl_-_institui_o_programa_municipal_de_melhorias_habitacionais_morar_melhor_no_municipio_de_itabaiana-pb.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2928/001_projeto_de_lei_institui_o_programa_municipal_de_prevencao_a_adultizacao_infantil.docx.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2929/002_projeto_de_lei_institui_a_semana_municipal_de_conscientizacao_e_prevencao_a_adultizacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2931/projeto_lei_car_fest.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2932/pl_-_autoriza_o_poder_executivo_municipal_a_incorporar_ao_patrimonio_publico_mediante_doacao_onerosa_o_imovel_pertencente_a_sociedade_mantenedora_do_hospital_regi.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2933/pl_-_encaminhamento_de_projeto_de_lei__adicional_indenizatorio_a_servidores_requisitados_pela_justica_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2935/vacinacao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2936/campainhas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2937/conselho.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2941/ilovepdf_merged_76.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2958/fibromialgia.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2968/ppa_2026_2029.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2969/loa_2026.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2970/prioritario.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2975/estudante_com_visao.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2979/projeto_de_lei_779_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2988/projeto_de_lei_780_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3001/projeto_de_lei_781_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3008/ilovepdf_merged_84.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3014/pl_-_784_-_2025_-_cargos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3015/pl_785_2025_isencao.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3016/fundeb_fundeb2_merged.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3017/cmi_cmi2_merged.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2855/projeto_decreto_legislativo_dona_mocinha.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2857/pdl_0012025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2868/pdl_dr_arthur.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2893/projeto_de_decreto_legislativo004_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2910/projeto_de_decreto_legislativo_005_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2925/pdl_murilo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2782/indicacao_001_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2783/indicacao_0022025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2784/indicacao_003_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2785/indicacao_004_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2786/indicacao_005_2025..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2787/indicacao_006_2025..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2788/indicacao_007_2025..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2789/indicacao_008_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2790/indicacao_009_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2791/indicacao_010_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2792/indicacao_011_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2793/indicacao_012_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2796/indicacao_013_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2797/indicacao_014_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2799/indicacao_015_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2802/indicacao_016_2025..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2803/indicacao_017_2025..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2806/indicacao_018_2025..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2807/indicacao_019_2025..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2808/indicacao_020_2025..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2809/indicacao_021_2025..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2810/indicacao_022_2025..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2811/indicacao_023_2025..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2812/indicacao_024_2025..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2813/indicacao_025_2025..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2814/indicacao_026_2025..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2815/indicacao_027_2025..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2816/indicacao_028_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2817/indicacao_029_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2818/indicacao_030_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2823/indicacao_031_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2824/indicacao_032_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2826/indicacao_033_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2829/indicacao_034_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2830/indicacao_035_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2832/indicacao_036_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2833/indicacao_037_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2835/indicacao_038_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2844/indicacao_039_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2849/indicacao_040_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2850/indicacao_041_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2851/indicacao_042_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2852/indicacao_043_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2853/indicacao_044_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2854/indicacao_045_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2856/indicacao_046_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2859/indicacao_047_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2861/indicacao_048_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2862/indicacao_049_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2865/indicacao_050_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2867/indicacao_051_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2869/indicacao_052_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2870/indicacao_053_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2871/indicacao_054_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2877/indicacao_055_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2878/indicacao_056_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2880/indicacao_057_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2881/indicacao_058_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2882/indicacao_059_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2884/indicacao_060_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2885/indicacao_061_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2886/indicacao_062_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2887/indicacao_063_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2888/indicacao_064_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2891/indicacao_065_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_066_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2895/indicacao_067_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2896/indicacao_068_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2897/indicacao_069_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2898/indicacao_070_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2899/indicacao_071_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2900/indicacao_072_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2901/indicacao_073_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2902/indicacao_074_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2903/indicacao_075_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2904/indicacao_076_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2908/indicacao_077_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2909/indicacao_078_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2912/indicacao_079_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2913/indicacao_080_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2915/indicacao_081_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2916/indicacao_082_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2917/indicacao_083_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2918/indicacao_084_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2927/indicacao85.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2934/indicacoes86.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2938/indicacoes_87.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2939/indicacoes_88.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2940/indicacoes89.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2943/indicacao_090_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2944/indicacao_091_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2952/indicacao_092_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2953/indicacao_093_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2954/inicacao_94.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2955/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2956/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2957/indicacao_97.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2961/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2962/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2963/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2964/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2971/indicacao_102_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2973/indicacao_103_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2977/indicacao_104_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2978/indicacao_105_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2982/indicacao_106_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2984/indicacao_107_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2985/indicacao_108_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2986/indicacao_109_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2987/indicacao_110_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2991/indicacao_111_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2993/indicacao_112_2026.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2996/indicacao_115_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2997/indicacao_116_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2998/indicacao_117_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2999/adobe_scan_29_de_out._de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3002/indicacoes_119.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3003/indicacoes_120.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3004/indicacoes_121.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3005/indicacoes_122.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3010/indicacao.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2794/requerimento_001_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2798/requerimento_002_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2801/requerimento_003_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2804/requerimento_004_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2805/requerimento_005_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2825/requerimento_006_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2827/requerimento_007_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2831/requerimento_008_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2834/requerimento_009_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2846/requerimento_010_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2858/requerimento_011_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2860/requerimento_012_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2864/requerimento_013_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2866/requerimento_014_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2872/requerimento_015_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2876/requerimento_016_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2879/requerimento_017_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2883/requerimento_018_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2889/requerimento_019_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2890/requerimento_020_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2914/requerimento_021_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2926/requerimento.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2930/req_realizacao_de_campanhas_educativas_permanentes_sobre_prevencao_a_adultizacao_infantil..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2942/requerimento_024_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2945/requerimento_025_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2946/requerimento_026_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2948/requerimento_027_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2950/requerimento_028_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2951/requerimento_029_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2959/requerimento_030_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2960/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2965/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2966/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2967/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2974/requerimento_036_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2976/requerimento_037_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2980/requerimento_038_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2981/requerimento_039_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2983/requerimento_040_2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2989/requerimento_041_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2990/requerimento_042_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/2992/requerimento_043_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3000/requerimento_044_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3009/requerimento.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3006/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabaiana.pb.leg.br/media/sapl/public/materialegislativa/2025/3007/emenda_modificativa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H242"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="237" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="236.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>